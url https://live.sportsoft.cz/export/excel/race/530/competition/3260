--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$T$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2491">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2490">
   <si>
     <t>RaceNo</t>
   </si>
   <si>
     <t>UCI ID</t>
   </si>
   <si>
     <t>Firstname</t>
   </si>
   <si>
     <t>Lastname</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>YearOfBirth</t>
   </si>
   <si>
     <t>Nation</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
@@ -5795,53 +5795,50 @@
     <t>SURINOVA</t>
   </si>
   <si>
     <t>51:03</t>
   </si>
   <si>
     <t>+20:10</t>
   </si>
   <si>
     <t>+15:08</t>
   </si>
   <si>
     <t>51:08</t>
   </si>
   <si>
     <t>+20:15</t>
   </si>
   <si>
     <t>+13:00</t>
   </si>
   <si>
     <t>Andrea</t>
   </si>
   <si>
     <t>ENA</t>
-  </si>
-[...1 lines deleted...]
-    <t>ITA</t>
   </si>
   <si>
     <t>51:09</t>
   </si>
   <si>
     <t>+20:16</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>Margareta</t>
   </si>
   <si>
     <t>MUDRIKOVA</t>
   </si>
   <si>
     <t>+20:17</t>
   </si>
   <si>
     <t>+16:05</t>
   </si>
   <si>
     <t>Štefánia</t>
   </si>
@@ -23940,5712 +23937,5712 @@
       </c>
       <c r="O347" t="s">
         <v>1605</v>
       </c>
       <c r="P347" t="s">
         <v>1924</v>
       </c>
     </row>
     <row r="348" spans="1:20">
       <c r="A348" t="s">
         <v>659</v>
       </c>
       <c r="C348" t="s">
         <v>1925</v>
       </c>
       <c r="D348" t="s">
         <v>1926</v>
       </c>
       <c r="E348" t="s">
         <v>23</v>
       </c>
       <c r="F348" t="s">
         <v>504</v>
       </c>
       <c r="G348" t="s">
-        <v>1927</v>
+        <v>25</v>
       </c>
       <c r="I348" t="s">
         <v>187</v>
       </c>
       <c r="J348" t="s">
         <v>992</v>
       </c>
       <c r="K348" t="s">
         <v>1437</v>
       </c>
       <c r="L348" t="s">
         <v>587</v>
       </c>
       <c r="M348" t="s">
+        <v>1927</v>
+      </c>
+      <c r="N348" t="s">
         <v>1928</v>
       </c>
-      <c r="N348" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O348" t="s">
-        <v>1929</v>
+        <v>1928</v>
       </c>
       <c r="P348" t="s">
         <v>1705</v>
       </c>
     </row>
     <row r="349" spans="1:20">
       <c r="A349" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C349" t="s">
         <v>1930</v>
       </c>
-      <c r="C349" t="s">
+      <c r="D349" t="s">
         <v>1931</v>
-      </c>
-[...1 lines deleted...]
-        <v>1932</v>
       </c>
       <c r="E349" t="s">
         <v>254</v>
       </c>
       <c r="F349" t="s">
         <v>70</v>
       </c>
       <c r="G349" t="s">
         <v>25</v>
       </c>
       <c r="H349" t="s">
         <v>174</v>
       </c>
       <c r="I349" t="s">
         <v>256</v>
       </c>
       <c r="J349" t="s">
         <v>949</v>
       </c>
       <c r="K349" t="s">
         <v>491</v>
       </c>
       <c r="L349" t="s">
         <v>230</v>
       </c>
       <c r="M349" t="s">
-        <v>1928</v>
+        <v>1927</v>
       </c>
       <c r="N349" t="s">
+        <v>1932</v>
+      </c>
+      <c r="O349" t="s">
         <v>1933</v>
       </c>
-      <c r="O349" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P349" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="350" spans="1:20">
       <c r="A350" t="s">
         <v>1887</v>
       </c>
       <c r="C350" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D350" t="s">
         <v>1935</v>
-      </c>
-[...1 lines deleted...]
-        <v>1936</v>
       </c>
       <c r="E350" t="s">
         <v>254</v>
       </c>
       <c r="F350" t="s">
         <v>1072</v>
       </c>
       <c r="G350" t="s">
         <v>25</v>
       </c>
       <c r="H350" t="s">
         <v>340</v>
       </c>
       <c r="I350" t="s">
         <v>1234</v>
       </c>
       <c r="J350" t="s">
         <v>1707</v>
       </c>
       <c r="K350" t="s">
         <v>498</v>
       </c>
       <c r="L350" t="s">
         <v>49</v>
       </c>
       <c r="M350" t="s">
+        <v>1936</v>
+      </c>
+      <c r="N350" t="s">
         <v>1937</v>
       </c>
-      <c r="N350" t="s">
+      <c r="O350" t="s">
         <v>1938</v>
-      </c>
-[...1 lines deleted...]
-        <v>1939</v>
       </c>
       <c r="P350" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="351" spans="1:20">
       <c r="A351" t="s">
         <v>1359</v>
       </c>
       <c r="C351" t="s">
         <v>144</v>
       </c>
       <c r="D351" t="s">
-        <v>1940</v>
+        <v>1939</v>
       </c>
       <c r="E351" t="s">
         <v>23</v>
       </c>
       <c r="F351" t="s">
         <v>378</v>
       </c>
       <c r="G351" t="s">
         <v>25</v>
       </c>
       <c r="I351" t="s">
         <v>27</v>
       </c>
       <c r="J351" t="s">
         <v>1483</v>
       </c>
       <c r="K351" t="s">
         <v>1533</v>
       </c>
       <c r="L351" t="s">
         <v>959</v>
       </c>
       <c r="M351" t="s">
+        <v>1940</v>
+      </c>
+      <c r="N351" t="s">
         <v>1941</v>
       </c>
-      <c r="N351" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O351" t="s">
-        <v>1942</v>
+        <v>1941</v>
       </c>
       <c r="P351" t="s">
-        <v>1942</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="352" spans="1:20">
       <c r="A352" t="s">
         <v>709</v>
       </c>
       <c r="C352" t="s">
         <v>38</v>
       </c>
       <c r="D352" t="s">
         <v>1416</v>
       </c>
       <c r="E352" t="s">
         <v>23</v>
       </c>
       <c r="F352" t="s">
         <v>85</v>
       </c>
       <c r="G352" t="s">
         <v>25</v>
       </c>
       <c r="I352" t="s">
         <v>27</v>
       </c>
       <c r="J352" t="s">
-        <v>1930</v>
+        <v>1929</v>
       </c>
       <c r="K352" t="s">
         <v>1167</v>
       </c>
       <c r="L352" t="s">
         <v>966</v>
       </c>
       <c r="M352" t="s">
+        <v>1942</v>
+      </c>
+      <c r="N352" t="s">
         <v>1943</v>
       </c>
-      <c r="N352" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O352" t="s">
-        <v>1944</v>
+        <v>1943</v>
       </c>
       <c r="P352" t="s">
-        <v>1944</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="353" spans="1:20">
       <c r="A353" t="s">
         <v>923</v>
       </c>
       <c r="C353" t="s">
         <v>68</v>
       </c>
       <c r="D353" t="s">
-        <v>1945</v>
+        <v>1944</v>
       </c>
       <c r="E353" t="s">
         <v>23</v>
       </c>
       <c r="F353" t="s">
         <v>601</v>
       </c>
       <c r="G353" t="s">
         <v>25</v>
       </c>
       <c r="I353" t="s">
         <v>187</v>
       </c>
       <c r="J353" t="s">
         <v>428</v>
       </c>
       <c r="K353" t="s">
         <v>1598</v>
       </c>
       <c r="L353" t="s">
         <v>592</v>
       </c>
       <c r="M353" t="s">
+        <v>1945</v>
+      </c>
+      <c r="N353" t="s">
         <v>1946</v>
       </c>
-      <c r="N353" t="s">
+      <c r="O353" t="s">
+        <v>1946</v>
+      </c>
+      <c r="P353" t="s">
         <v>1947</v>
-      </c>
-[...4 lines deleted...]
-        <v>1948</v>
       </c>
       <c r="Q353" t="s">
         <v>27</v>
       </c>
       <c r="R353" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="354" spans="1:20">
       <c r="A354" t="s">
         <v>1301</v>
       </c>
       <c r="C354" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D354" t="s">
         <v>1949</v>
-      </c>
-[...1 lines deleted...]
-        <v>1950</v>
       </c>
       <c r="E354" t="s">
         <v>254</v>
       </c>
       <c r="F354" t="s">
         <v>317</v>
       </c>
       <c r="G354" t="s">
         <v>25</v>
       </c>
       <c r="H354" t="s">
-        <v>1951</v>
+        <v>1950</v>
       </c>
       <c r="I354" t="s">
         <v>354</v>
       </c>
       <c r="J354" t="s">
-        <v>1952</v>
+        <v>1951</v>
       </c>
       <c r="K354" t="s">
         <v>157</v>
       </c>
       <c r="L354" t="s">
         <v>225</v>
       </c>
       <c r="M354" t="s">
+        <v>1945</v>
+      </c>
+      <c r="N354" t="s">
         <v>1946</v>
       </c>
-      <c r="N354" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O354" t="s">
-        <v>1953</v>
+        <v>1952</v>
       </c>
       <c r="P354" t="s">
         <v>1560</v>
       </c>
     </row>
     <row r="355" spans="1:20">
       <c r="A355" t="s">
         <v>318</v>
       </c>
       <c r="C355" t="s">
         <v>309</v>
       </c>
       <c r="D355" t="s">
-        <v>1954</v>
+        <v>1953</v>
       </c>
       <c r="E355" t="s">
         <v>23</v>
       </c>
       <c r="F355" t="s">
         <v>352</v>
       </c>
       <c r="G355" t="s">
         <v>25</v>
       </c>
       <c r="I355" t="s">
         <v>187</v>
       </c>
       <c r="J355" t="s">
         <v>1881</v>
       </c>
       <c r="K355" t="s">
         <v>1248</v>
       </c>
       <c r="L355" t="s">
         <v>198</v>
       </c>
       <c r="M355" t="s">
+        <v>1954</v>
+      </c>
+      <c r="N355" t="s">
         <v>1955</v>
       </c>
-      <c r="N355" t="s">
+      <c r="O355" t="s">
+        <v>1955</v>
+      </c>
+      <c r="P355" t="s">
         <v>1956</v>
-      </c>
-[...4 lines deleted...]
-        <v>1957</v>
       </c>
     </row>
     <row r="356" spans="1:20">
       <c r="A356" t="s">
         <v>1271</v>
       </c>
       <c r="C356" t="s">
         <v>843</v>
       </c>
       <c r="D356" t="s">
-        <v>1958</v>
+        <v>1957</v>
       </c>
       <c r="E356" t="s">
         <v>254</v>
       </c>
       <c r="F356" t="s">
         <v>159</v>
       </c>
       <c r="G356" t="s">
         <v>25</v>
       </c>
       <c r="H356" t="s">
         <v>207</v>
       </c>
       <c r="I356" t="s">
         <v>354</v>
       </c>
       <c r="J356" t="s">
         <v>1489</v>
       </c>
       <c r="K356" t="s">
         <v>509</v>
       </c>
       <c r="L356" t="s">
         <v>230</v>
       </c>
       <c r="M356" t="s">
+        <v>1958</v>
+      </c>
+      <c r="N356" t="s">
         <v>1959</v>
       </c>
-      <c r="N356" t="s">
+      <c r="O356" t="s">
         <v>1960</v>
-      </c>
-[...1 lines deleted...]
-        <v>1961</v>
       </c>
       <c r="P356" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="357" spans="1:20">
       <c r="A357" t="s">
         <v>1207</v>
       </c>
       <c r="C357" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D357" t="s">
         <v>1962</v>
-      </c>
-[...1 lines deleted...]
-        <v>1963</v>
       </c>
       <c r="E357" t="s">
         <v>254</v>
       </c>
       <c r="F357" t="s">
         <v>601</v>
       </c>
       <c r="G357" t="s">
         <v>25</v>
       </c>
       <c r="H357" t="s">
         <v>207</v>
       </c>
       <c r="I357" t="s">
         <v>354</v>
       </c>
       <c r="J357" t="s">
-        <v>1964</v>
+        <v>1963</v>
       </c>
       <c r="K357" t="s">
         <v>514</v>
       </c>
       <c r="L357" t="s">
         <v>235</v>
       </c>
       <c r="M357" t="s">
+        <v>1964</v>
+      </c>
+      <c r="N357" t="s">
         <v>1965</v>
       </c>
-      <c r="N357" t="s">
+      <c r="O357" t="s">
         <v>1966</v>
       </c>
-      <c r="O357" t="s">
+      <c r="P357" t="s">
         <v>1967</v>
-      </c>
-[...1 lines deleted...]
-        <v>1968</v>
       </c>
     </row>
     <row r="358" spans="1:20">
       <c r="A358" t="s">
         <v>1703</v>
       </c>
       <c r="C358" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D358" t="s">
         <v>1969</v>
-      </c>
-[...1 lines deleted...]
-        <v>1970</v>
       </c>
       <c r="E358" t="s">
         <v>254</v>
       </c>
       <c r="F358" t="s">
         <v>995</v>
       </c>
       <c r="G358" t="s">
         <v>25</v>
       </c>
       <c r="H358" t="s">
-        <v>1971</v>
+        <v>1970</v>
       </c>
       <c r="I358" t="s">
         <v>624</v>
       </c>
       <c r="J358" t="s">
         <v>684</v>
       </c>
       <c r="K358" t="s">
         <v>520</v>
       </c>
       <c r="L358" t="s">
         <v>94</v>
       </c>
       <c r="M358" t="s">
+        <v>1971</v>
+      </c>
+      <c r="N358" t="s">
         <v>1972</v>
       </c>
-      <c r="N358" t="s">
+      <c r="O358" t="s">
         <v>1973</v>
       </c>
-      <c r="O358" t="s">
+      <c r="P358" t="s">
         <v>1974</v>
-      </c>
-[...1 lines deleted...]
-        <v>1975</v>
       </c>
     </row>
     <row r="359" spans="1:20">
       <c r="A359" t="s">
         <v>1422</v>
       </c>
       <c r="C359" t="s">
         <v>293</v>
       </c>
       <c r="D359" t="s">
-        <v>1976</v>
+        <v>1975</v>
       </c>
       <c r="E359" t="s">
         <v>23</v>
       </c>
       <c r="F359" t="s">
         <v>33</v>
       </c>
       <c r="G359" t="s">
         <v>25</v>
       </c>
       <c r="I359" t="s">
         <v>27</v>
       </c>
       <c r="J359" t="s">
-        <v>1977</v>
+        <v>1976</v>
       </c>
       <c r="K359" t="s">
         <v>1609</v>
       </c>
       <c r="L359" t="s">
         <v>972</v>
       </c>
       <c r="M359" t="s">
+        <v>1977</v>
+      </c>
+      <c r="N359" t="s">
         <v>1978</v>
       </c>
-      <c r="N359" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O359" t="s">
-        <v>1979</v>
+        <v>1978</v>
       </c>
       <c r="P359" t="s">
-        <v>1979</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="360" spans="1:20">
       <c r="A360" t="s">
         <v>1228</v>
       </c>
       <c r="C360" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D360" t="s">
         <v>1980</v>
-      </c>
-[...1 lines deleted...]
-        <v>1981</v>
       </c>
       <c r="E360" t="s">
         <v>254</v>
       </c>
       <c r="F360" t="s">
         <v>24</v>
       </c>
       <c r="G360" t="s">
         <v>25</v>
       </c>
       <c r="H360" t="s">
         <v>1288</v>
       </c>
       <c r="I360" t="s">
         <v>256</v>
       </c>
       <c r="J360" t="s">
-        <v>1982</v>
+        <v>1981</v>
       </c>
       <c r="K360" t="s">
         <v>526</v>
       </c>
       <c r="L360" t="s">
         <v>235</v>
       </c>
       <c r="M360" t="s">
+        <v>1982</v>
+      </c>
+      <c r="N360" t="s">
         <v>1983</v>
       </c>
-      <c r="N360" t="s">
+      <c r="O360" t="s">
         <v>1984</v>
       </c>
-      <c r="O360" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P360" t="s">
-        <v>1985</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="361" spans="1:20">
       <c r="A361" t="s">
         <v>1387</v>
       </c>
       <c r="C361" t="s">
         <v>663</v>
       </c>
       <c r="D361" t="s">
         <v>946</v>
       </c>
       <c r="E361" t="s">
         <v>23</v>
       </c>
       <c r="F361" t="s">
         <v>738</v>
       </c>
       <c r="G361" t="s">
         <v>25</v>
       </c>
       <c r="H361" t="s">
         <v>947</v>
       </c>
       <c r="I361" t="s">
         <v>459</v>
       </c>
       <c r="J361" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="K361" t="s">
         <v>1612</v>
       </c>
       <c r="L361" t="s">
         <v>188</v>
       </c>
       <c r="M361" t="s">
+        <v>1986</v>
+      </c>
+      <c r="N361" t="s">
         <v>1987</v>
       </c>
-      <c r="N361" t="s">
+      <c r="O361" t="s">
+        <v>1987</v>
+      </c>
+      <c r="P361" t="s">
         <v>1988</v>
-      </c>
-[...4 lines deleted...]
-        <v>1989</v>
       </c>
       <c r="Q361" t="s">
         <v>27</v>
       </c>
       <c r="R361" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="362" spans="1:20">
       <c r="A362" t="s">
         <v>1002</v>
       </c>
       <c r="C362" t="s">
         <v>920</v>
       </c>
       <c r="D362" t="s">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E362" t="s">
         <v>23</v>
       </c>
       <c r="F362" t="s">
         <v>106</v>
       </c>
       <c r="G362" t="s">
         <v>25</v>
       </c>
       <c r="H362" t="s">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="I362" t="s">
         <v>27</v>
       </c>
       <c r="J362" t="s">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="K362" t="s">
         <v>523</v>
       </c>
       <c r="L362" t="s">
         <v>977</v>
       </c>
       <c r="M362" t="s">
+        <v>1992</v>
+      </c>
+      <c r="N362" t="s">
         <v>1993</v>
       </c>
-      <c r="N362" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O362" t="s">
-        <v>1994</v>
+        <v>1993</v>
       </c>
       <c r="P362" t="s">
-        <v>1994</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="363" spans="1:20">
       <c r="A363" t="s">
         <v>1778</v>
       </c>
       <c r="C363" t="s">
         <v>68</v>
       </c>
       <c r="D363" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E363" t="s">
+        <v>23</v>
+      </c>
+      <c r="F363" t="s">
         <v>1995</v>
-      </c>
-[...4 lines deleted...]
-        <v>1996</v>
       </c>
       <c r="G363" t="s">
         <v>25</v>
       </c>
       <c r="H363" t="s">
         <v>714</v>
       </c>
       <c r="I363" t="s">
         <v>1743</v>
       </c>
       <c r="J363" t="s">
         <v>534</v>
       </c>
       <c r="K363" t="s">
         <v>1157</v>
       </c>
       <c r="L363" t="s">
         <v>41</v>
       </c>
       <c r="M363" t="s">
+        <v>1996</v>
+      </c>
+      <c r="N363" t="s">
         <v>1997</v>
       </c>
-      <c r="N363" t="s">
+      <c r="O363" t="s">
+        <v>1997</v>
+      </c>
+      <c r="P363" t="s">
         <v>1998</v>
-      </c>
-[...4 lines deleted...]
-        <v>1999</v>
       </c>
     </row>
     <row r="364" spans="1:20">
       <c r="A364" t="s">
         <v>1037</v>
       </c>
       <c r="C364" t="s">
         <v>21</v>
       </c>
       <c r="D364" t="s">
-        <v>2000</v>
+        <v>1999</v>
       </c>
       <c r="E364" t="s">
         <v>23</v>
       </c>
       <c r="F364" t="s">
         <v>24</v>
       </c>
       <c r="G364" t="s">
         <v>25</v>
       </c>
       <c r="H364" t="s">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I364" t="s">
         <v>27</v>
       </c>
       <c r="J364" t="s">
         <v>767</v>
       </c>
       <c r="K364" t="s">
         <v>97</v>
       </c>
       <c r="L364" t="s">
         <v>982</v>
       </c>
       <c r="M364" t="s">
+        <v>2001</v>
+      </c>
+      <c r="N364" t="s">
         <v>2002</v>
       </c>
-      <c r="N364" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O364" t="s">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="P364" t="s">
-        <v>2003</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="365" spans="1:20">
       <c r="A365" t="s">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="C365" t="s">
         <v>1029</v>
       </c>
       <c r="D365" t="s">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E365" t="s">
         <v>254</v>
       </c>
       <c r="F365" t="s">
         <v>40</v>
       </c>
       <c r="G365" t="s">
         <v>25</v>
       </c>
       <c r="H365" t="s">
         <v>207</v>
       </c>
       <c r="I365" t="s">
         <v>354</v>
       </c>
       <c r="J365" t="s">
         <v>1332</v>
       </c>
       <c r="K365" t="s">
         <v>531</v>
       </c>
       <c r="L365" t="s">
         <v>240</v>
       </c>
       <c r="M365" t="s">
+        <v>2005</v>
+      </c>
+      <c r="N365" t="s">
+        <v>2002</v>
+      </c>
+      <c r="O365" t="s">
         <v>2006</v>
-      </c>
-[...4 lines deleted...]
-        <v>2007</v>
       </c>
       <c r="P365" t="s">
         <v>1695</v>
       </c>
     </row>
     <row r="366" spans="1:20">
       <c r="A366" t="s">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="C366" t="s">
         <v>38</v>
       </c>
       <c r="D366" t="s">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E366" t="s">
         <v>23</v>
       </c>
       <c r="F366" t="s">
         <v>303</v>
       </c>
       <c r="G366" t="s">
         <v>25</v>
       </c>
       <c r="H366" t="s">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I366" t="s">
         <v>187</v>
       </c>
       <c r="J366" t="s">
         <v>463</v>
       </c>
       <c r="K366" t="s">
         <v>1630</v>
       </c>
       <c r="L366" t="s">
         <v>603</v>
       </c>
       <c r="M366" t="s">
+        <v>2010</v>
+      </c>
+      <c r="N366" t="s">
         <v>2011</v>
       </c>
-      <c r="N366" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O366" t="s">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="P366" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="367" spans="1:20">
       <c r="A367" t="s">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="C367" t="s">
         <v>1279</v>
       </c>
       <c r="D367" t="s">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E367" t="s">
         <v>23</v>
       </c>
       <c r="F367" t="s">
         <v>186</v>
       </c>
       <c r="G367" t="s">
         <v>25</v>
       </c>
       <c r="H367" t="s">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I367" t="s">
         <v>187</v>
       </c>
       <c r="J367" t="s">
         <v>1089</v>
       </c>
       <c r="K367" t="s">
         <v>551</v>
       </c>
       <c r="L367" t="s">
         <v>610</v>
       </c>
       <c r="M367" t="s">
+        <v>2015</v>
+      </c>
+      <c r="N367" t="s">
         <v>2016</v>
       </c>
-      <c r="N367" t="s">
+      <c r="O367" t="s">
+        <v>2016</v>
+      </c>
+      <c r="P367" t="s">
         <v>2017</v>
-      </c>
-[...4 lines deleted...]
-        <v>2018</v>
       </c>
     </row>
     <row r="368" spans="1:20">
       <c r="A368" t="s">
         <v>671</v>
       </c>
       <c r="C368" t="s">
         <v>1128</v>
       </c>
       <c r="D368" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E368" t="s">
         <v>23</v>
       </c>
       <c r="F368" t="s">
         <v>378</v>
       </c>
       <c r="G368" t="s">
         <v>25</v>
       </c>
       <c r="I368" t="s">
         <v>27</v>
       </c>
       <c r="J368" t="s">
         <v>1536</v>
       </c>
       <c r="K368" t="s">
         <v>1616</v>
       </c>
       <c r="L368" t="s">
         <v>988</v>
       </c>
       <c r="M368" t="s">
+        <v>2019</v>
+      </c>
+      <c r="N368" t="s">
         <v>2020</v>
       </c>
-      <c r="N368" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O368" t="s">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="P368" t="s">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="369" spans="1:20">
       <c r="A369" t="s">
         <v>373</v>
       </c>
       <c r="C369" t="s">
         <v>1029</v>
       </c>
       <c r="D369" t="s">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E369" t="s">
         <v>254</v>
       </c>
       <c r="F369" t="s">
         <v>738</v>
       </c>
       <c r="G369" t="s">
         <v>25</v>
       </c>
       <c r="I369" t="s">
         <v>624</v>
       </c>
       <c r="J369" t="s">
         <v>1544</v>
       </c>
       <c r="K369" t="s">
         <v>536</v>
       </c>
       <c r="L369" t="s">
         <v>100</v>
       </c>
       <c r="M369" t="s">
+        <v>2022</v>
+      </c>
+      <c r="N369" t="s">
         <v>2023</v>
-      </c>
-[...1 lines deleted...]
-        <v>2024</v>
       </c>
       <c r="O369" t="s">
         <v>1774</v>
       </c>
       <c r="P369" t="s">
-        <v>2025</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="370" spans="1:20">
       <c r="A370" t="s">
         <v>1197</v>
       </c>
       <c r="C370" t="s">
         <v>68</v>
       </c>
       <c r="D370" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="E370" t="s">
         <v>23</v>
       </c>
       <c r="F370" t="s">
         <v>580</v>
       </c>
       <c r="G370" t="s">
         <v>25</v>
       </c>
       <c r="I370" t="s">
         <v>459</v>
       </c>
       <c r="J370" t="s">
         <v>628</v>
       </c>
       <c r="K370" t="s">
         <v>895</v>
       </c>
       <c r="L370" t="s">
         <v>195</v>
       </c>
       <c r="M370" t="s">
+        <v>2026</v>
+      </c>
+      <c r="N370" t="s">
         <v>2027</v>
       </c>
-      <c r="N370" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O370" t="s">
-        <v>2028</v>
+        <v>2027</v>
       </c>
       <c r="P370" t="s">
-        <v>1961</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="371" spans="1:20">
       <c r="A371" t="s">
         <v>1693</v>
       </c>
       <c r="C371" t="s">
         <v>21</v>
       </c>
       <c r="D371" t="s">
-        <v>2029</v>
+        <v>2028</v>
       </c>
       <c r="E371" t="s">
         <v>23</v>
       </c>
       <c r="F371" t="s">
         <v>70</v>
       </c>
       <c r="G371" t="s">
         <v>25</v>
       </c>
       <c r="I371" t="s">
         <v>27</v>
       </c>
       <c r="J371" t="s">
         <v>702</v>
       </c>
       <c r="K371" t="s">
         <v>1646</v>
       </c>
       <c r="L371" t="s">
         <v>996</v>
       </c>
       <c r="M371" t="s">
+        <v>2029</v>
+      </c>
+      <c r="N371" t="s">
         <v>2030</v>
       </c>
-      <c r="N371" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O371" t="s">
-        <v>2031</v>
+        <v>2030</v>
       </c>
       <c r="P371" t="s">
-        <v>2031</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="372" spans="1:20">
       <c r="A372" t="s">
         <v>1494</v>
       </c>
       <c r="C372" t="s">
         <v>144</v>
       </c>
       <c r="D372" t="s">
-        <v>2032</v>
+        <v>2031</v>
       </c>
       <c r="E372" t="s">
         <v>23</v>
       </c>
       <c r="F372" t="s">
         <v>738</v>
       </c>
       <c r="G372" t="s">
         <v>25</v>
       </c>
       <c r="I372" t="s">
         <v>459</v>
       </c>
       <c r="J372" t="s">
-        <v>2033</v>
+        <v>2032</v>
       </c>
       <c r="K372" t="s">
         <v>558</v>
       </c>
       <c r="L372" t="s">
         <v>202</v>
       </c>
       <c r="M372" t="s">
+        <v>2033</v>
+      </c>
+      <c r="N372" t="s">
         <v>2034</v>
       </c>
-      <c r="N372" t="s">
+      <c r="O372" t="s">
+        <v>2034</v>
+      </c>
+      <c r="P372" t="s">
         <v>2035</v>
-      </c>
-[...4 lines deleted...]
-        <v>2036</v>
       </c>
     </row>
     <row r="373" spans="1:20">
       <c r="A373" t="s">
         <v>1250</v>
       </c>
       <c r="C373" t="s">
         <v>685</v>
       </c>
       <c r="D373" t="s">
-        <v>2037</v>
+        <v>2036</v>
       </c>
       <c r="E373" t="s">
         <v>23</v>
       </c>
       <c r="F373" t="s">
         <v>580</v>
       </c>
       <c r="G373" t="s">
         <v>25</v>
       </c>
       <c r="I373" t="s">
         <v>459</v>
       </c>
       <c r="J373" t="s">
-        <v>2038</v>
+        <v>2037</v>
       </c>
       <c r="K373" t="s">
         <v>1656</v>
       </c>
       <c r="L373" t="s">
         <v>208</v>
       </c>
       <c r="M373" t="s">
+        <v>2038</v>
+      </c>
+      <c r="N373" t="s">
         <v>2039</v>
       </c>
-      <c r="N373" t="s">
+      <c r="O373" t="s">
+        <v>2039</v>
+      </c>
+      <c r="P373" t="s">
         <v>2040</v>
-      </c>
-[...4 lines deleted...]
-        <v>2041</v>
       </c>
     </row>
     <row r="374" spans="1:20">
       <c r="A374" t="s">
         <v>1873</v>
       </c>
       <c r="C374" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D374" t="s">
         <v>2042</v>
-      </c>
-[...1 lines deleted...]
-        <v>2043</v>
       </c>
       <c r="E374" t="s">
         <v>254</v>
       </c>
       <c r="F374" t="s">
         <v>186</v>
       </c>
       <c r="G374" t="s">
         <v>25</v>
       </c>
       <c r="I374" t="s">
         <v>354</v>
       </c>
       <c r="J374" t="s">
         <v>813</v>
       </c>
       <c r="K374" t="s">
         <v>543</v>
       </c>
       <c r="L374" t="s">
         <v>247</v>
       </c>
       <c r="M374" t="s">
+        <v>2043</v>
+      </c>
+      <c r="N374" t="s">
         <v>2044</v>
       </c>
-      <c r="N374" t="s">
+      <c r="O374" t="s">
         <v>2045</v>
       </c>
-      <c r="O374" t="s">
+      <c r="P374" t="s">
         <v>2046</v>
-      </c>
-[...1 lines deleted...]
-        <v>2047</v>
       </c>
     </row>
     <row r="375" spans="1:20">
       <c r="A375" t="s">
-        <v>1952</v>
+        <v>1951</v>
       </c>
       <c r="C375" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D375" t="s">
         <v>2048</v>
-      </c>
-[...1 lines deleted...]
-        <v>2049</v>
       </c>
       <c r="E375" t="s">
         <v>254</v>
       </c>
       <c r="F375" t="s">
         <v>295</v>
       </c>
       <c r="G375" t="s">
         <v>25</v>
       </c>
       <c r="H375" t="s">
         <v>379</v>
       </c>
       <c r="I375" t="s">
         <v>354</v>
       </c>
       <c r="J375" t="s">
         <v>251</v>
       </c>
       <c r="K375" t="s">
         <v>548</v>
       </c>
       <c r="L375" t="s">
         <v>257</v>
       </c>
       <c r="M375" t="s">
+        <v>2049</v>
+      </c>
+      <c r="N375" t="s">
         <v>2050</v>
       </c>
-      <c r="N375" t="s">
+      <c r="O375" t="s">
         <v>2051</v>
       </c>
-      <c r="O375" t="s">
+      <c r="P375" t="s">
         <v>2052</v>
-      </c>
-[...1 lines deleted...]
-        <v>2053</v>
       </c>
     </row>
     <row r="376" spans="1:20">
       <c r="A376" t="s">
         <v>498</v>
       </c>
       <c r="C376" t="s">
         <v>337</v>
       </c>
       <c r="D376" t="s">
-        <v>2054</v>
+        <v>2053</v>
       </c>
       <c r="E376" t="s">
         <v>254</v>
       </c>
       <c r="F376" t="s">
         <v>352</v>
       </c>
       <c r="G376" t="s">
         <v>25</v>
       </c>
       <c r="H376" t="s">
-        <v>2055</v>
+        <v>2054</v>
       </c>
       <c r="I376" t="s">
         <v>354</v>
       </c>
       <c r="J376" t="s">
         <v>1065</v>
       </c>
       <c r="K376" t="s">
         <v>555</v>
       </c>
       <c r="L376" t="s">
         <v>263</v>
       </c>
       <c r="M376" t="s">
+        <v>2055</v>
+      </c>
+      <c r="N376" t="s">
         <v>2056</v>
       </c>
-      <c r="N376" t="s">
+      <c r="O376" t="s">
         <v>2057</v>
-      </c>
-[...1 lines deleted...]
-        <v>2058</v>
       </c>
       <c r="P376" t="s">
         <v>1752</v>
       </c>
     </row>
     <row r="377" spans="1:20">
       <c r="A377" t="s">
         <v>875</v>
       </c>
       <c r="C377" t="s">
         <v>83</v>
       </c>
       <c r="D377" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
       <c r="E377" t="s">
         <v>23</v>
       </c>
       <c r="F377" t="s">
         <v>246</v>
       </c>
       <c r="G377" t="s">
         <v>25</v>
       </c>
       <c r="H377" t="s">
-        <v>2060</v>
+        <v>2059</v>
       </c>
       <c r="I377" t="s">
         <v>187</v>
       </c>
       <c r="J377" t="s">
         <v>1801</v>
       </c>
       <c r="K377" t="s">
         <v>1663</v>
       </c>
       <c r="L377" t="s">
         <v>617</v>
       </c>
       <c r="M377" t="s">
+        <v>2060</v>
+      </c>
+      <c r="N377" t="s">
         <v>2061</v>
       </c>
-      <c r="N377" t="s">
+      <c r="O377" t="s">
+        <v>2061</v>
+      </c>
+      <c r="P377" t="s">
         <v>2062</v>
-      </c>
-[...4 lines deleted...]
-        <v>2063</v>
       </c>
     </row>
     <row r="378" spans="1:20">
       <c r="A378" t="s">
-        <v>2064</v>
+        <v>2063</v>
       </c>
       <c r="C378" t="s">
         <v>843</v>
       </c>
       <c r="D378" t="s">
-        <v>2065</v>
+        <v>2064</v>
       </c>
       <c r="E378" t="s">
         <v>254</v>
       </c>
       <c r="F378" t="s">
         <v>85</v>
       </c>
       <c r="G378" t="s">
         <v>25</v>
       </c>
       <c r="I378" t="s">
         <v>354</v>
       </c>
       <c r="J378" t="s">
         <v>1591</v>
       </c>
       <c r="K378" t="s">
         <v>561</v>
       </c>
       <c r="L378" t="s">
         <v>269</v>
       </c>
       <c r="M378" t="s">
+        <v>2065</v>
+      </c>
+      <c r="N378" t="s">
         <v>2066</v>
       </c>
-      <c r="N378" t="s">
+      <c r="O378" t="s">
         <v>2067</v>
       </c>
-      <c r="O378" t="s">
+      <c r="P378" t="s">
         <v>2068</v>
-      </c>
-[...1 lines deleted...]
-        <v>2069</v>
       </c>
     </row>
     <row r="379" spans="1:20">
       <c r="A379" t="s">
         <v>1790</v>
       </c>
       <c r="C379" t="s">
         <v>795</v>
       </c>
       <c r="D379" t="s">
         <v>1071</v>
       </c>
       <c r="E379" t="s">
         <v>23</v>
       </c>
       <c r="F379" t="s">
         <v>317</v>
       </c>
       <c r="G379" t="s">
         <v>25</v>
       </c>
       <c r="H379" t="s">
-        <v>2070</v>
+        <v>2069</v>
       </c>
       <c r="I379" t="s">
         <v>187</v>
       </c>
       <c r="J379" t="s">
         <v>836</v>
       </c>
       <c r="K379" t="s">
         <v>233</v>
       </c>
       <c r="L379" t="s">
         <v>191</v>
       </c>
       <c r="M379" t="s">
+        <v>2070</v>
+      </c>
+      <c r="N379" t="s">
         <v>2071</v>
       </c>
-      <c r="N379" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O379" t="s">
-        <v>2072</v>
+        <v>2071</v>
       </c>
       <c r="P379" t="s">
         <v>1923</v>
       </c>
     </row>
     <row r="380" spans="1:20">
       <c r="A380" t="s">
         <v>140</v>
       </c>
       <c r="C380" t="s">
         <v>1279</v>
       </c>
       <c r="D380" t="s">
-        <v>2073</v>
+        <v>2072</v>
       </c>
       <c r="E380" t="s">
         <v>23</v>
       </c>
       <c r="F380" t="s">
         <v>1721</v>
       </c>
       <c r="G380" t="s">
         <v>25</v>
       </c>
       <c r="H380" t="s">
-        <v>2074</v>
+        <v>2073</v>
       </c>
       <c r="I380" t="s">
         <v>952</v>
       </c>
       <c r="J380" t="s">
         <v>370</v>
       </c>
       <c r="K380" t="s">
         <v>469</v>
       </c>
       <c r="L380" t="s">
         <v>64</v>
       </c>
       <c r="M380" t="s">
+        <v>2074</v>
+      </c>
+      <c r="N380" t="s">
         <v>2075</v>
       </c>
-      <c r="N380" t="s">
+      <c r="O380" t="s">
+        <v>2075</v>
+      </c>
+      <c r="P380" t="s">
         <v>2076</v>
-      </c>
-[...4 lines deleted...]
-        <v>2077</v>
       </c>
     </row>
     <row r="381" spans="1:20">
       <c r="A381" t="s">
         <v>1319</v>
       </c>
       <c r="C381" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D381" t="s">
         <v>2078</v>
-      </c>
-[...1 lines deleted...]
-        <v>2079</v>
       </c>
       <c r="E381" t="s">
         <v>254</v>
       </c>
       <c r="F381" t="s">
         <v>119</v>
       </c>
       <c r="G381" t="s">
         <v>25</v>
       </c>
       <c r="I381" t="s">
         <v>256</v>
       </c>
       <c r="J381" t="s">
         <v>1628</v>
       </c>
       <c r="K381" t="s">
         <v>568</v>
       </c>
       <c r="L381" t="s">
         <v>240</v>
       </c>
       <c r="M381" t="s">
+        <v>2079</v>
+      </c>
+      <c r="N381" t="s">
         <v>2080</v>
       </c>
-      <c r="N381" t="s">
+      <c r="O381" t="s">
         <v>2081</v>
       </c>
-      <c r="O381" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P381" t="s">
-        <v>2082</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="382" spans="1:20">
       <c r="A382" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C382" t="s">
         <v>2083</v>
       </c>
-      <c r="C382" t="s">
+      <c r="D382" t="s">
         <v>2084</v>
-      </c>
-[...1 lines deleted...]
-        <v>2085</v>
       </c>
       <c r="E382" t="s">
         <v>254</v>
       </c>
       <c r="F382" t="s">
         <v>55</v>
       </c>
       <c r="G382" t="s">
         <v>25</v>
       </c>
       <c r="I382" t="s">
         <v>256</v>
       </c>
       <c r="J382" t="s">
         <v>1357</v>
       </c>
       <c r="K382" t="s">
         <v>575</v>
       </c>
       <c r="L382" t="s">
         <v>247</v>
       </c>
       <c r="M382" t="s">
+        <v>2079</v>
+      </c>
+      <c r="N382" t="s">
         <v>2080</v>
       </c>
-      <c r="N382" t="s">
+      <c r="O382" t="s">
         <v>2081</v>
       </c>
-      <c r="O382" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P382" t="s">
-        <v>2082</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="383" spans="1:20">
       <c r="A383" t="s">
-        <v>2086</v>
+        <v>2085</v>
       </c>
       <c r="C383" t="s">
         <v>337</v>
       </c>
       <c r="D383" t="s">
-        <v>2087</v>
+        <v>2086</v>
       </c>
       <c r="E383" t="s">
         <v>254</v>
       </c>
       <c r="F383" t="s">
         <v>303</v>
       </c>
       <c r="G383" t="s">
         <v>25</v>
       </c>
       <c r="I383" t="s">
         <v>354</v>
       </c>
       <c r="J383" t="s">
         <v>1104</v>
       </c>
       <c r="K383" t="s">
         <v>581</v>
       </c>
       <c r="L383" t="s">
         <v>275</v>
       </c>
       <c r="M383" t="s">
+        <v>2087</v>
+      </c>
+      <c r="N383" t="s">
         <v>2088</v>
       </c>
-      <c r="N383" t="s">
+      <c r="O383" t="s">
         <v>2089</v>
       </c>
-      <c r="O383" t="s">
+      <c r="P383" t="s">
         <v>2090</v>
-      </c>
-[...1 lines deleted...]
-        <v>2091</v>
       </c>
     </row>
     <row r="384" spans="1:20">
       <c r="A384" t="s">
-        <v>2092</v>
+        <v>2091</v>
       </c>
       <c r="C384" t="s">
         <v>404</v>
       </c>
       <c r="D384" t="s">
-        <v>2093</v>
+        <v>2092</v>
       </c>
       <c r="E384" t="s">
         <v>23</v>
       </c>
       <c r="F384" t="s">
         <v>70</v>
       </c>
       <c r="G384" t="s">
         <v>25</v>
       </c>
       <c r="I384" t="s">
         <v>27</v>
       </c>
       <c r="J384" t="s">
         <v>859</v>
       </c>
       <c r="K384" t="s">
         <v>1679</v>
       </c>
       <c r="L384" t="s">
         <v>1002</v>
       </c>
       <c r="M384" t="s">
+        <v>2093</v>
+      </c>
+      <c r="N384" t="s">
         <v>2094</v>
       </c>
-      <c r="N384" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O384" t="s">
-        <v>2095</v>
+        <v>2094</v>
       </c>
       <c r="P384" t="s">
-        <v>2095</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="385" spans="1:20">
       <c r="A385" t="s">
         <v>1833</v>
       </c>
       <c r="C385" t="s">
         <v>1668</v>
       </c>
       <c r="D385" t="s">
-        <v>2096</v>
+        <v>2095</v>
       </c>
       <c r="E385" t="s">
         <v>23</v>
       </c>
       <c r="F385" t="s">
         <v>1734</v>
       </c>
       <c r="G385" t="s">
         <v>25</v>
       </c>
       <c r="H385" t="s">
-        <v>2097</v>
+        <v>2096</v>
       </c>
       <c r="I385" t="s">
         <v>459</v>
       </c>
       <c r="J385" t="s">
         <v>456</v>
       </c>
       <c r="K385" t="s">
         <v>1686</v>
       </c>
       <c r="L385" t="s">
         <v>212</v>
       </c>
       <c r="M385" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N385" t="s">
         <v>2098</v>
       </c>
-      <c r="N385" t="s">
+      <c r="O385" t="s">
+        <v>2098</v>
+      </c>
+      <c r="P385" t="s">
         <v>2099</v>
-      </c>
-[...4 lines deleted...]
-        <v>2100</v>
       </c>
     </row>
     <row r="386" spans="1:20">
       <c r="A386" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C386" t="s">
         <v>2101</v>
       </c>
-      <c r="C386" t="s">
+      <c r="D386" t="s">
         <v>2102</v>
-      </c>
-[...1 lines deleted...]
-        <v>2103</v>
       </c>
       <c r="E386" t="s">
         <v>254</v>
       </c>
       <c r="F386" t="s">
         <v>726</v>
       </c>
       <c r="G386" t="s">
         <v>25</v>
       </c>
       <c r="I386" t="s">
         <v>354</v>
       </c>
       <c r="J386" t="s">
-        <v>2104</v>
+        <v>2103</v>
       </c>
       <c r="K386" t="s">
         <v>587</v>
       </c>
       <c r="L386" t="s">
         <v>281</v>
       </c>
       <c r="M386" t="s">
+        <v>2104</v>
+      </c>
+      <c r="N386" t="s">
         <v>2105</v>
       </c>
-      <c r="N386" t="s">
+      <c r="O386" t="s">
         <v>2106</v>
       </c>
-      <c r="O386" t="s">
+      <c r="P386" t="s">
         <v>2107</v>
-      </c>
-[...1 lines deleted...]
-        <v>2108</v>
       </c>
     </row>
     <row r="387" spans="1:20">
       <c r="A387" t="s">
         <v>1598</v>
       </c>
       <c r="C387" t="s">
         <v>855</v>
       </c>
       <c r="D387" t="s">
-        <v>2109</v>
+        <v>2108</v>
       </c>
       <c r="E387" t="s">
         <v>254</v>
       </c>
       <c r="F387" t="s">
         <v>504</v>
       </c>
       <c r="G387" t="s">
         <v>25</v>
       </c>
       <c r="H387" t="s">
         <v>207</v>
       </c>
       <c r="I387" t="s">
         <v>354</v>
       </c>
       <c r="J387" t="s">
         <v>879</v>
       </c>
       <c r="K387" t="s">
         <v>592</v>
       </c>
       <c r="L387" t="s">
         <v>289</v>
       </c>
       <c r="M387" t="s">
+        <v>2109</v>
+      </c>
+      <c r="N387" t="s">
         <v>2110</v>
       </c>
-      <c r="N387" t="s">
+      <c r="O387" t="s">
         <v>2111</v>
       </c>
-      <c r="O387" t="s">
+      <c r="P387" t="s">
         <v>2112</v>
-      </c>
-[...1 lines deleted...]
-        <v>2113</v>
       </c>
       <c r="Q387" t="s">
         <v>1852</v>
       </c>
       <c r="R387" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="388" spans="1:20">
       <c r="A388" t="s">
         <v>289</v>
       </c>
       <c r="C388" t="s">
         <v>691</v>
       </c>
       <c r="D388" t="s">
         <v>1863</v>
       </c>
       <c r="E388" t="s">
         <v>254</v>
       </c>
       <c r="F388" t="s">
         <v>1529</v>
       </c>
       <c r="G388" t="s">
         <v>25</v>
       </c>
       <c r="H388" t="s">
         <v>207</v>
       </c>
       <c r="I388" t="s">
         <v>624</v>
       </c>
       <c r="J388" t="s">
         <v>507</v>
       </c>
       <c r="K388" t="s">
         <v>198</v>
       </c>
       <c r="L388" t="s">
         <v>90</v>
       </c>
       <c r="M388" t="s">
+        <v>2113</v>
+      </c>
+      <c r="N388" t="s">
         <v>2114</v>
       </c>
-      <c r="N388" t="s">
+      <c r="O388" t="s">
         <v>2115</v>
-      </c>
-[...1 lines deleted...]
-        <v>2116</v>
       </c>
       <c r="P388" t="s">
         <v>1665</v>
       </c>
     </row>
     <row r="389" spans="1:20">
       <c r="A389" t="s">
         <v>769</v>
       </c>
       <c r="C389" t="s">
-        <v>2117</v>
+        <v>2116</v>
       </c>
       <c r="D389" t="s">
         <v>513</v>
       </c>
       <c r="E389" t="s">
         <v>23</v>
       </c>
       <c r="F389" t="s">
         <v>986</v>
       </c>
       <c r="G389" t="s">
         <v>25</v>
       </c>
       <c r="H389" t="s">
-        <v>2118</v>
+        <v>2117</v>
       </c>
       <c r="I389" t="s">
         <v>459</v>
       </c>
       <c r="J389" t="s">
         <v>889</v>
       </c>
       <c r="K389" t="s">
         <v>1693</v>
       </c>
       <c r="L389" t="s">
         <v>218</v>
       </c>
       <c r="M389" t="s">
+        <v>2118</v>
+      </c>
+      <c r="N389" t="s">
         <v>2119</v>
       </c>
-      <c r="N389" t="s">
+      <c r="O389" t="s">
+        <v>2119</v>
+      </c>
+      <c r="P389" t="s">
         <v>2120</v>
-      </c>
-[...4 lines deleted...]
-        <v>2121</v>
       </c>
     </row>
     <row r="390" spans="1:20">
       <c r="A390" t="s">
         <v>1867</v>
       </c>
       <c r="C390" t="s">
         <v>1677</v>
       </c>
       <c r="D390" t="s">
-        <v>2122</v>
+        <v>2121</v>
       </c>
       <c r="E390" t="s">
         <v>254</v>
       </c>
       <c r="F390" t="s">
         <v>352</v>
       </c>
       <c r="G390" t="s">
         <v>25</v>
       </c>
       <c r="H390" t="s">
-        <v>2123</v>
+        <v>2122</v>
       </c>
       <c r="I390" t="s">
         <v>354</v>
       </c>
       <c r="J390" t="s">
         <v>1885</v>
       </c>
       <c r="K390" t="s">
         <v>603</v>
       </c>
       <c r="L390" t="s">
         <v>297</v>
       </c>
       <c r="M390" t="s">
+        <v>2123</v>
+      </c>
+      <c r="N390" t="s">
         <v>2124</v>
       </c>
-      <c r="N390" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O390" t="s">
-        <v>1933</v>
+        <v>1932</v>
       </c>
       <c r="P390" t="s">
         <v>1875</v>
       </c>
     </row>
     <row r="391" spans="1:20">
       <c r="A391" t="s">
         <v>555</v>
       </c>
       <c r="C391" t="s">
         <v>691</v>
       </c>
       <c r="D391" t="s">
-        <v>2126</v>
+        <v>2125</v>
       </c>
       <c r="E391" t="s">
         <v>254</v>
       </c>
       <c r="F391" t="s">
         <v>601</v>
       </c>
       <c r="G391" t="s">
         <v>25</v>
       </c>
       <c r="I391" t="s">
         <v>354</v>
       </c>
       <c r="J391" t="s">
         <v>828</v>
       </c>
       <c r="K391" t="s">
         <v>610</v>
       </c>
       <c r="L391" t="s">
         <v>304</v>
       </c>
       <c r="M391" t="s">
+        <v>2126</v>
+      </c>
+      <c r="N391" t="s">
+        <v>2124</v>
+      </c>
+      <c r="O391" t="s">
         <v>2127</v>
       </c>
-      <c r="N391" t="s">
-[...2 lines deleted...]
-      <c r="O391" t="s">
+      <c r="P391" t="s">
         <v>2128</v>
-      </c>
-[...1 lines deleted...]
-        <v>2129</v>
       </c>
     </row>
     <row r="392" spans="1:20">
       <c r="A392" t="s">
-        <v>2130</v>
+        <v>2129</v>
       </c>
       <c r="C392" t="s">
         <v>1029</v>
       </c>
       <c r="D392" t="s">
-        <v>2131</v>
+        <v>2130</v>
       </c>
       <c r="E392" t="s">
         <v>254</v>
       </c>
       <c r="F392" t="s">
         <v>33</v>
       </c>
       <c r="G392" t="s">
         <v>25</v>
       </c>
       <c r="I392" t="s">
         <v>256</v>
       </c>
       <c r="J392" t="s">
         <v>1014</v>
       </c>
       <c r="K392" t="s">
         <v>617</v>
       </c>
       <c r="L392" t="s">
         <v>257</v>
       </c>
       <c r="M392" t="s">
+        <v>2131</v>
+      </c>
+      <c r="N392" t="s">
         <v>2132</v>
       </c>
-      <c r="N392" t="s">
+      <c r="O392" t="s">
         <v>2133</v>
       </c>
-      <c r="O392" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P392" t="s">
-        <v>2134</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="393" spans="1:20">
       <c r="A393" t="s">
         <v>1912</v>
       </c>
       <c r="C393" t="s">
         <v>540</v>
       </c>
       <c r="D393" t="s">
-        <v>2135</v>
+        <v>2134</v>
       </c>
       <c r="E393" t="s">
         <v>23</v>
       </c>
       <c r="F393" t="s">
         <v>40</v>
       </c>
       <c r="G393" t="s">
         <v>25</v>
       </c>
       <c r="I393" t="s">
         <v>27</v>
       </c>
       <c r="J393" t="s">
         <v>495</v>
       </c>
       <c r="K393" t="s">
         <v>1393</v>
       </c>
       <c r="L393" t="s">
         <v>123</v>
       </c>
       <c r="M393" t="s">
+        <v>2135</v>
+      </c>
+      <c r="N393" t="s">
         <v>2136</v>
       </c>
-      <c r="N393" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O393" t="s">
-        <v>2137</v>
+        <v>2136</v>
       </c>
       <c r="P393" t="s">
-        <v>2137</v>
+        <v>2136</v>
       </c>
       <c r="Q393" t="s">
         <v>27</v>
       </c>
       <c r="R393" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="394" spans="1:20">
       <c r="A394" t="s">
         <v>425</v>
       </c>
       <c r="C394" t="s">
         <v>117</v>
       </c>
       <c r="D394" t="s">
-        <v>2138</v>
+        <v>2137</v>
       </c>
       <c r="E394" t="s">
         <v>23</v>
       </c>
       <c r="F394" t="s">
         <v>295</v>
       </c>
       <c r="G394" t="s">
         <v>25</v>
       </c>
       <c r="I394" t="s">
         <v>187</v>
       </c>
       <c r="J394" t="s">
-        <v>2139</v>
+        <v>2138</v>
       </c>
       <c r="K394" t="s">
         <v>1698</v>
       </c>
       <c r="L394" t="s">
         <v>630</v>
       </c>
       <c r="M394" t="s">
+        <v>2139</v>
+      </c>
+      <c r="N394" t="s">
         <v>2140</v>
       </c>
-      <c r="N394" t="s">
+      <c r="O394" t="s">
+        <v>2140</v>
+      </c>
+      <c r="P394" t="s">
         <v>2141</v>
-      </c>
-[...4 lines deleted...]
-        <v>2142</v>
       </c>
     </row>
     <row r="395" spans="1:20">
       <c r="A395" t="s">
         <v>1200</v>
       </c>
       <c r="C395" t="s">
         <v>435</v>
       </c>
       <c r="D395" t="s">
-        <v>2143</v>
+        <v>2142</v>
       </c>
       <c r="E395" t="s">
         <v>23</v>
       </c>
       <c r="F395" t="s">
         <v>378</v>
       </c>
       <c r="G395" t="s">
         <v>25</v>
       </c>
       <c r="I395" t="s">
         <v>27</v>
       </c>
       <c r="J395" t="s">
         <v>1513</v>
       </c>
       <c r="K395" t="s">
         <v>1703</v>
       </c>
       <c r="L395" t="s">
         <v>577</v>
       </c>
       <c r="M395" t="s">
+        <v>2143</v>
+      </c>
+      <c r="N395" t="s">
         <v>2144</v>
       </c>
-      <c r="N395" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O395" t="s">
-        <v>2145</v>
+        <v>2144</v>
       </c>
       <c r="P395" t="s">
-        <v>2145</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="396" spans="1:20">
       <c r="A396" t="s">
         <v>740</v>
       </c>
       <c r="C396" t="s">
-        <v>1980</v>
+        <v>1979</v>
       </c>
       <c r="D396" t="s">
-        <v>2146</v>
+        <v>2145</v>
       </c>
       <c r="E396" t="s">
         <v>254</v>
       </c>
       <c r="F396" t="s">
         <v>295</v>
       </c>
       <c r="G396" t="s">
         <v>25</v>
       </c>
       <c r="I396" t="s">
         <v>354</v>
       </c>
       <c r="J396" t="s">
         <v>806</v>
       </c>
       <c r="K396" t="s">
         <v>191</v>
       </c>
       <c r="L396" t="s">
         <v>312</v>
       </c>
       <c r="M396" t="s">
+        <v>2146</v>
+      </c>
+      <c r="N396" t="s">
         <v>2147</v>
       </c>
-      <c r="N396" t="s">
+      <c r="O396" t="s">
         <v>2148</v>
       </c>
-      <c r="O396" t="s">
+      <c r="P396" t="s">
         <v>2149</v>
-      </c>
-[...1 lines deleted...]
-        <v>2150</v>
       </c>
     </row>
     <row r="397" spans="1:20">
       <c r="A397" t="s">
         <v>1306</v>
       </c>
       <c r="C397" t="s">
         <v>572</v>
       </c>
       <c r="D397" t="s">
-        <v>2151</v>
+        <v>2150</v>
       </c>
       <c r="E397" t="s">
         <v>23</v>
       </c>
       <c r="F397" t="s">
         <v>995</v>
       </c>
       <c r="G397" t="s">
         <v>25</v>
       </c>
       <c r="I397" t="s">
         <v>459</v>
       </c>
       <c r="J397" t="s">
         <v>116</v>
       </c>
       <c r="K397" t="s">
         <v>1339</v>
       </c>
       <c r="L397" t="s">
         <v>225</v>
       </c>
       <c r="M397" t="s">
+        <v>2151</v>
+      </c>
+      <c r="N397" t="s">
         <v>2152</v>
       </c>
-      <c r="N397" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O397" t="s">
-        <v>2153</v>
+        <v>2152</v>
       </c>
       <c r="P397" t="s">
         <v>1856</v>
       </c>
     </row>
     <row r="398" spans="1:20">
       <c r="A398" t="s">
         <v>610</v>
       </c>
       <c r="C398" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D398" t="s">
         <v>2154</v>
-      </c>
-[...1 lines deleted...]
-        <v>2155</v>
       </c>
       <c r="E398" t="s">
         <v>23</v>
       </c>
       <c r="F398" t="s">
         <v>437</v>
       </c>
       <c r="G398" t="s">
         <v>25</v>
       </c>
       <c r="I398" t="s">
         <v>187</v>
       </c>
       <c r="J398" t="s">
         <v>1836</v>
       </c>
       <c r="K398" t="s">
         <v>376</v>
       </c>
       <c r="L398" t="s">
         <v>636</v>
       </c>
       <c r="M398" t="s">
+        <v>2155</v>
+      </c>
+      <c r="N398" t="s">
         <v>2156</v>
       </c>
-      <c r="N398" t="s">
+      <c r="O398" t="s">
+        <v>2156</v>
+      </c>
+      <c r="P398" t="s">
         <v>2157</v>
-      </c>
-[...4 lines deleted...]
-        <v>2158</v>
       </c>
     </row>
     <row r="399" spans="1:20">
       <c r="A399" t="s">
         <v>269</v>
       </c>
       <c r="C399" t="s">
         <v>855</v>
       </c>
       <c r="D399" t="s">
-        <v>2159</v>
+        <v>2158</v>
       </c>
       <c r="E399" t="s">
         <v>254</v>
       </c>
       <c r="F399" t="s">
         <v>295</v>
       </c>
       <c r="G399" t="s">
         <v>25</v>
       </c>
       <c r="H399" t="s">
-        <v>2160</v>
+        <v>2159</v>
       </c>
       <c r="I399" t="s">
         <v>354</v>
       </c>
       <c r="J399" t="s">
         <v>350</v>
       </c>
       <c r="K399" t="s">
         <v>630</v>
       </c>
       <c r="L399" t="s">
         <v>318</v>
       </c>
       <c r="M399" t="s">
+        <v>2160</v>
+      </c>
+      <c r="N399" t="s">
+        <v>2156</v>
+      </c>
+      <c r="O399" t="s">
         <v>2161</v>
       </c>
-      <c r="N399" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P399" t="s">
-        <v>2128</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="400" spans="1:20">
       <c r="A400" t="s">
         <v>420</v>
       </c>
       <c r="C400" t="s">
         <v>124</v>
       </c>
       <c r="D400" t="s">
+        <v>2162</v>
+      </c>
+      <c r="E400" t="s">
+        <v>23</v>
+      </c>
+      <c r="F400" t="s">
         <v>2163</v>
-      </c>
-[...4 lines deleted...]
-        <v>2164</v>
       </c>
       <c r="G400" t="s">
         <v>25</v>
       </c>
       <c r="I400" t="s">
         <v>952</v>
       </c>
       <c r="J400" t="s">
-        <v>2165</v>
+        <v>2164</v>
       </c>
       <c r="K400" t="s">
         <v>599</v>
       </c>
       <c r="L400" t="s">
         <v>72</v>
       </c>
       <c r="M400" t="s">
+        <v>2165</v>
+      </c>
+      <c r="N400" t="s">
         <v>2166</v>
       </c>
-      <c r="N400" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O400" t="s">
-        <v>2167</v>
+        <v>2166</v>
       </c>
       <c r="P400" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="401" spans="1:20">
       <c r="A401" t="s">
         <v>647</v>
       </c>
       <c r="C401" t="s">
-        <v>2168</v>
+        <v>2167</v>
       </c>
       <c r="D401" t="s">
         <v>1621</v>
       </c>
       <c r="E401" t="s">
         <v>23</v>
       </c>
       <c r="F401" t="s">
         <v>951</v>
       </c>
       <c r="G401" t="s">
         <v>25</v>
       </c>
       <c r="I401" t="s">
         <v>952</v>
       </c>
       <c r="J401" t="s">
         <v>712</v>
       </c>
       <c r="K401" t="s">
         <v>110</v>
       </c>
       <c r="L401" t="s">
         <v>79</v>
       </c>
       <c r="M401" t="s">
+        <v>2168</v>
+      </c>
+      <c r="N401" t="s">
         <v>2169</v>
       </c>
-      <c r="N401" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O401" t="s">
-        <v>2170</v>
+        <v>2169</v>
       </c>
       <c r="P401" t="s">
-        <v>1939</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="402" spans="1:20">
       <c r="A402" t="s">
         <v>1101</v>
       </c>
       <c r="C402" t="s">
         <v>252</v>
       </c>
       <c r="D402" t="s">
-        <v>2171</v>
+        <v>2170</v>
       </c>
       <c r="E402" t="s">
         <v>254</v>
       </c>
       <c r="F402" t="s">
         <v>186</v>
       </c>
       <c r="G402" t="s">
         <v>25</v>
       </c>
       <c r="I402" t="s">
         <v>354</v>
       </c>
       <c r="J402" t="s">
         <v>1821</v>
       </c>
       <c r="K402" t="s">
         <v>636</v>
       </c>
       <c r="L402" t="s">
         <v>323</v>
       </c>
       <c r="M402" t="s">
+        <v>2171</v>
+      </c>
+      <c r="N402" t="s">
         <v>2172</v>
       </c>
-      <c r="N402" t="s">
+      <c r="O402" t="s">
         <v>2173</v>
       </c>
-      <c r="O402" t="s">
+      <c r="P402" t="s">
         <v>2174</v>
-      </c>
-[...1 lines deleted...]
-        <v>2175</v>
       </c>
     </row>
     <row r="403" spans="1:20">
       <c r="A403" t="s">
         <v>1907</v>
       </c>
       <c r="C403" t="s">
         <v>337</v>
       </c>
       <c r="D403" t="s">
-        <v>2176</v>
+        <v>2175</v>
       </c>
       <c r="E403" t="s">
         <v>254</v>
       </c>
       <c r="F403" t="s">
         <v>40</v>
       </c>
       <c r="G403" t="s">
         <v>25</v>
       </c>
       <c r="H403" t="s">
-        <v>2177</v>
+        <v>2176</v>
       </c>
       <c r="I403" t="s">
         <v>354</v>
       </c>
       <c r="J403" t="s">
-        <v>2178</v>
+        <v>2177</v>
       </c>
       <c r="K403" t="s">
         <v>641</v>
       </c>
       <c r="L403" t="s">
         <v>329</v>
       </c>
       <c r="M403" t="s">
+        <v>2178</v>
+      </c>
+      <c r="N403" t="s">
         <v>2179</v>
       </c>
-      <c r="N403" t="s">
+      <c r="O403" t="s">
+        <v>1993</v>
+      </c>
+      <c r="P403" t="s">
         <v>2180</v>
-      </c>
-[...4 lines deleted...]
-        <v>2181</v>
       </c>
       <c r="Q403" t="s">
         <v>1852</v>
       </c>
       <c r="R403" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="404" spans="1:20">
       <c r="A404" t="s">
         <v>581</v>
       </c>
       <c r="C404" t="s">
         <v>993</v>
       </c>
       <c r="D404" t="s">
-        <v>2182</v>
+        <v>2181</v>
       </c>
       <c r="E404" t="s">
         <v>254</v>
       </c>
       <c r="F404" t="s">
         <v>85</v>
       </c>
       <c r="G404" t="s">
         <v>25</v>
       </c>
       <c r="H404" t="s">
         <v>1685</v>
       </c>
       <c r="I404" t="s">
         <v>354</v>
       </c>
       <c r="J404" t="s">
         <v>1587</v>
       </c>
       <c r="K404" t="s">
         <v>647</v>
       </c>
       <c r="L404" t="s">
         <v>75</v>
       </c>
       <c r="M404" t="s">
+        <v>2182</v>
+      </c>
+      <c r="N404" t="s">
         <v>2183</v>
       </c>
-      <c r="N404" t="s">
+      <c r="O404" t="s">
         <v>2184</v>
       </c>
-      <c r="O404" t="s">
+      <c r="P404" t="s">
         <v>2185</v>
-      </c>
-[...1 lines deleted...]
-        <v>2186</v>
       </c>
     </row>
     <row r="405" spans="1:20">
       <c r="A405" t="s">
         <v>1056</v>
       </c>
       <c r="C405" t="s">
-        <v>1980</v>
+        <v>1979</v>
       </c>
       <c r="D405" t="s">
-        <v>2187</v>
+        <v>2186</v>
       </c>
       <c r="E405" t="s">
         <v>254</v>
       </c>
       <c r="F405" t="s">
         <v>24</v>
       </c>
       <c r="G405" t="s">
         <v>25</v>
       </c>
       <c r="I405" t="s">
         <v>256</v>
       </c>
       <c r="J405" t="s">
         <v>1345</v>
       </c>
       <c r="K405" t="s">
         <v>652</v>
       </c>
       <c r="L405" t="s">
         <v>263</v>
       </c>
       <c r="M405" t="s">
+        <v>2187</v>
+      </c>
+      <c r="N405" t="s">
         <v>2188</v>
       </c>
-      <c r="N405" t="s">
+      <c r="O405" t="s">
         <v>2189</v>
       </c>
-      <c r="O405" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P405" t="s">
-        <v>2190</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="406" spans="1:20">
       <c r="A406" t="s">
         <v>1757</v>
       </c>
       <c r="C406" t="s">
         <v>843</v>
       </c>
       <c r="D406" t="s">
-        <v>2191</v>
+        <v>2190</v>
       </c>
       <c r="E406" t="s">
         <v>254</v>
       </c>
       <c r="F406" t="s">
         <v>601</v>
       </c>
       <c r="G406" t="s">
         <v>25</v>
       </c>
       <c r="H406" t="s">
         <v>1731</v>
       </c>
       <c r="I406" t="s">
         <v>354</v>
       </c>
       <c r="J406" t="s">
         <v>1582</v>
       </c>
       <c r="K406" t="s">
         <v>659</v>
       </c>
       <c r="L406" t="s">
         <v>341</v>
       </c>
       <c r="M406" t="s">
+        <v>2191</v>
+      </c>
+      <c r="N406" t="s">
         <v>2192</v>
       </c>
-      <c r="N406" t="s">
+      <c r="O406" t="s">
         <v>2193</v>
       </c>
-      <c r="O406" t="s">
+      <c r="P406" t="s">
         <v>2194</v>
-      </c>
-[...1 lines deleted...]
-        <v>2195</v>
       </c>
     </row>
     <row r="407" spans="1:20">
       <c r="A407" t="s">
-        <v>2196</v>
+        <v>2195</v>
       </c>
       <c r="C407" t="s">
         <v>409</v>
       </c>
       <c r="D407" t="s">
-        <v>2197</v>
+        <v>2196</v>
       </c>
       <c r="E407" t="s">
         <v>254</v>
       </c>
       <c r="F407" t="s">
         <v>504</v>
       </c>
       <c r="G407" t="s">
         <v>25</v>
       </c>
       <c r="H407" t="s">
         <v>1731</v>
       </c>
       <c r="I407" t="s">
         <v>354</v>
       </c>
       <c r="J407" t="s">
         <v>781</v>
       </c>
       <c r="K407" t="s">
         <v>665</v>
       </c>
       <c r="L407" t="s">
         <v>348</v>
       </c>
       <c r="M407" t="s">
-        <v>2192</v>
+        <v>2191</v>
       </c>
       <c r="N407" t="s">
+        <v>2197</v>
+      </c>
+      <c r="O407" t="s">
+        <v>2193</v>
+      </c>
+      <c r="P407" t="s">
         <v>2198</v>
-      </c>
-[...4 lines deleted...]
-        <v>2199</v>
       </c>
     </row>
     <row r="408" spans="1:20">
       <c r="A408" t="s">
         <v>1747</v>
       </c>
       <c r="C408" t="s">
         <v>865</v>
       </c>
       <c r="D408" t="s">
         <v>732</v>
       </c>
       <c r="E408" t="s">
         <v>23</v>
       </c>
       <c r="F408" t="s">
         <v>246</v>
       </c>
       <c r="G408" t="s">
         <v>25</v>
       </c>
       <c r="H408" t="s">
         <v>1731</v>
       </c>
       <c r="I408" t="s">
         <v>187</v>
       </c>
       <c r="J408" t="s">
-        <v>2200</v>
+        <v>2199</v>
       </c>
       <c r="K408" t="s">
         <v>1595</v>
       </c>
       <c r="L408" t="s">
         <v>641</v>
       </c>
       <c r="M408" t="s">
-        <v>2201</v>
+        <v>2200</v>
       </c>
       <c r="N408" t="s">
-        <v>2198</v>
+        <v>2197</v>
       </c>
       <c r="O408" t="s">
-        <v>2198</v>
+        <v>2197</v>
       </c>
       <c r="P408" t="s">
-        <v>2076</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="409" spans="1:20">
       <c r="A409" t="s">
         <v>1508</v>
       </c>
       <c r="C409" t="s">
         <v>933</v>
       </c>
       <c r="D409" t="s">
-        <v>2202</v>
+        <v>2201</v>
       </c>
       <c r="E409" t="s">
         <v>23</v>
       </c>
       <c r="F409" t="s">
         <v>317</v>
       </c>
       <c r="G409" t="s">
         <v>25</v>
       </c>
       <c r="I409" t="s">
         <v>187</v>
       </c>
       <c r="J409" t="s">
-        <v>2092</v>
+        <v>2091</v>
       </c>
       <c r="K409" t="s">
         <v>1231</v>
       </c>
       <c r="L409" t="s">
         <v>647</v>
       </c>
       <c r="M409" t="s">
+        <v>2202</v>
+      </c>
+      <c r="N409" t="s">
         <v>2203</v>
       </c>
-      <c r="N409" t="s">
+      <c r="O409" t="s">
+        <v>2203</v>
+      </c>
+      <c r="P409" t="s">
         <v>2204</v>
-      </c>
-[...4 lines deleted...]
-        <v>2205</v>
       </c>
     </row>
     <row r="410" spans="1:20">
       <c r="A410" t="s">
-        <v>2206</v>
+        <v>2205</v>
       </c>
       <c r="C410" t="s">
         <v>144</v>
       </c>
       <c r="D410" t="s">
+        <v>2206</v>
+      </c>
+      <c r="E410" t="s">
+        <v>23</v>
+      </c>
+      <c r="F410" t="s">
         <v>2207</v>
-      </c>
-[...4 lines deleted...]
-        <v>2208</v>
       </c>
       <c r="G410" t="s">
         <v>25</v>
       </c>
       <c r="I410" t="s">
         <v>1743</v>
       </c>
       <c r="J410" t="s">
-        <v>2209</v>
+        <v>2208</v>
       </c>
       <c r="K410" t="s">
         <v>1735</v>
       </c>
       <c r="L410" t="s">
         <v>49</v>
       </c>
       <c r="M410" t="s">
+        <v>2202</v>
+      </c>
+      <c r="N410" t="s">
         <v>2203</v>
       </c>
-      <c r="N410" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O410" t="s">
-        <v>2204</v>
+        <v>2203</v>
       </c>
       <c r="P410" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="411" spans="1:20">
       <c r="A411" t="s">
         <v>380</v>
       </c>
       <c r="C411" t="s">
         <v>337</v>
       </c>
       <c r="D411" t="s">
-        <v>2210</v>
+        <v>2209</v>
       </c>
       <c r="E411" t="s">
         <v>254</v>
       </c>
       <c r="F411" t="s">
         <v>303</v>
       </c>
       <c r="G411" t="s">
         <v>25</v>
       </c>
       <c r="I411" t="s">
         <v>354</v>
       </c>
       <c r="J411" t="s">
-        <v>2211</v>
+        <v>2210</v>
       </c>
       <c r="K411" t="s">
         <v>671</v>
       </c>
       <c r="L411" t="s">
         <v>355</v>
       </c>
       <c r="M411" t="s">
+        <v>2211</v>
+      </c>
+      <c r="N411" t="s">
         <v>2212</v>
       </c>
-      <c r="N411" t="s">
+      <c r="O411" t="s">
         <v>2213</v>
       </c>
-      <c r="O411" t="s">
+      <c r="P411" t="s">
         <v>2214</v>
-      </c>
-[...1 lines deleted...]
-        <v>2215</v>
       </c>
     </row>
     <row r="412" spans="1:20">
       <c r="A412" t="s">
         <v>881</v>
       </c>
       <c r="C412" t="s">
         <v>68</v>
       </c>
       <c r="D412" t="s">
         <v>921</v>
       </c>
       <c r="E412" t="s">
         <v>23</v>
       </c>
       <c r="F412" t="s">
         <v>186</v>
       </c>
       <c r="G412" t="s">
         <v>25</v>
       </c>
       <c r="I412" t="s">
         <v>187</v>
       </c>
       <c r="J412" t="s">
         <v>963</v>
       </c>
       <c r="K412" t="s">
         <v>332</v>
       </c>
       <c r="L412" t="s">
         <v>652</v>
       </c>
       <c r="M412" t="s">
+        <v>2215</v>
+      </c>
+      <c r="N412" t="s">
         <v>2216</v>
       </c>
-      <c r="N412" t="s">
+      <c r="O412" t="s">
+        <v>2216</v>
+      </c>
+      <c r="P412" t="s">
         <v>2217</v>
-      </c>
-[...4 lines deleted...]
-        <v>2218</v>
       </c>
     </row>
     <row r="413" spans="1:20">
       <c r="A413" t="s">
         <v>1450</v>
       </c>
       <c r="C413" t="s">
         <v>83</v>
       </c>
       <c r="D413" t="s">
-        <v>2219</v>
+        <v>2218</v>
       </c>
       <c r="E413" t="s">
         <v>23</v>
       </c>
       <c r="F413" t="s">
         <v>106</v>
       </c>
       <c r="G413" t="s">
         <v>25</v>
       </c>
       <c r="H413" t="s">
         <v>174</v>
       </c>
       <c r="I413" t="s">
         <v>27</v>
       </c>
       <c r="J413" t="s">
         <v>1304</v>
       </c>
       <c r="K413" t="s">
         <v>1747</v>
       </c>
       <c r="L413" t="s">
         <v>1017</v>
       </c>
       <c r="M413" t="s">
+        <v>2219</v>
+      </c>
+      <c r="N413" t="s">
         <v>2220</v>
       </c>
-      <c r="N413" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O413" t="s">
-        <v>2221</v>
+        <v>2220</v>
       </c>
       <c r="P413" t="s">
-        <v>2221</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="414" spans="1:20">
       <c r="A414" t="s">
         <v>715</v>
       </c>
       <c r="C414" t="s">
         <v>668</v>
       </c>
       <c r="D414" t="s">
-        <v>2222</v>
+        <v>2221</v>
       </c>
       <c r="E414" t="s">
         <v>23</v>
       </c>
       <c r="F414" t="s">
         <v>352</v>
       </c>
       <c r="G414" t="s">
         <v>25</v>
       </c>
       <c r="I414" t="s">
         <v>187</v>
       </c>
       <c r="J414" t="s">
-        <v>2101</v>
+        <v>2100</v>
       </c>
       <c r="K414" t="s">
         <v>731</v>
       </c>
       <c r="L414" t="s">
         <v>659</v>
       </c>
       <c r="M414" t="s">
+        <v>2222</v>
+      </c>
+      <c r="N414" t="s">
         <v>2223</v>
       </c>
-      <c r="N414" t="s">
+      <c r="O414" t="s">
+        <v>2223</v>
+      </c>
+      <c r="P414" t="s">
         <v>2224</v>
-      </c>
-[...4 lines deleted...]
-        <v>2225</v>
       </c>
     </row>
     <row r="415" spans="1:20">
       <c r="A415" t="s">
-        <v>2226</v>
+        <v>2225</v>
       </c>
       <c r="C415" t="s">
         <v>199</v>
       </c>
       <c r="D415" t="s">
-        <v>2227</v>
+        <v>2226</v>
       </c>
       <c r="E415" t="s">
         <v>23</v>
       </c>
       <c r="F415" t="s">
         <v>159</v>
       </c>
       <c r="G415" t="s">
         <v>25</v>
       </c>
       <c r="I415" t="s">
         <v>27</v>
       </c>
       <c r="J415" t="s">
         <v>20</v>
       </c>
       <c r="K415" t="s">
         <v>1757</v>
       </c>
       <c r="L415" t="s">
         <v>1022</v>
       </c>
       <c r="M415" t="s">
+        <v>2227</v>
+      </c>
+      <c r="N415" t="s">
         <v>2228</v>
       </c>
-      <c r="N415" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O415" t="s">
-        <v>2229</v>
+        <v>2228</v>
       </c>
       <c r="P415" t="s">
-        <v>2229</v>
+        <v>2228</v>
       </c>
       <c r="Q415" t="s">
         <v>27</v>
       </c>
       <c r="R415" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="416" spans="1:20">
       <c r="A416" t="s">
         <v>1514</v>
       </c>
       <c r="C416" t="s">
         <v>1269</v>
       </c>
       <c r="D416" t="s">
         <v>1608</v>
       </c>
       <c r="E416" t="s">
         <v>254</v>
       </c>
       <c r="F416" t="s">
         <v>159</v>
       </c>
       <c r="G416" t="s">
         <v>25</v>
       </c>
       <c r="I416" t="s">
         <v>354</v>
       </c>
       <c r="J416" t="s">
-        <v>2130</v>
+        <v>2129</v>
       </c>
       <c r="K416" t="s">
         <v>675</v>
       </c>
       <c r="L416" t="s">
         <v>361</v>
       </c>
       <c r="M416" t="s">
+        <v>2229</v>
+      </c>
+      <c r="N416" t="s">
         <v>2230</v>
       </c>
-      <c r="N416" t="s">
+      <c r="O416" t="s">
         <v>2231</v>
       </c>
-      <c r="O416" t="s">
+      <c r="P416" t="s">
         <v>2232</v>
-      </c>
-[...1 lines deleted...]
-        <v>2233</v>
       </c>
     </row>
     <row r="417" spans="1:20">
       <c r="A417" t="s">
         <v>1575</v>
       </c>
       <c r="C417" t="s">
         <v>165</v>
       </c>
       <c r="D417" t="s">
-        <v>2234</v>
+        <v>2233</v>
       </c>
       <c r="E417" t="s">
         <v>23</v>
       </c>
       <c r="F417" t="s">
         <v>1741</v>
       </c>
       <c r="G417" t="s">
         <v>25</v>
       </c>
       <c r="H417" t="s">
-        <v>2235</v>
+        <v>2234</v>
       </c>
       <c r="I417" t="s">
         <v>1743</v>
       </c>
       <c r="J417" t="s">
         <v>1098</v>
       </c>
       <c r="K417" t="s">
         <v>260</v>
       </c>
       <c r="L417" t="s">
         <v>56</v>
       </c>
       <c r="M417" t="s">
+        <v>2235</v>
+      </c>
+      <c r="N417" t="s">
         <v>2236</v>
       </c>
-      <c r="N417" t="s">
+      <c r="O417" t="s">
+        <v>2236</v>
+      </c>
+      <c r="P417" t="s">
         <v>2237</v>
-      </c>
-[...4 lines deleted...]
-        <v>2238</v>
       </c>
     </row>
     <row r="418" spans="1:20">
       <c r="A418" t="s">
         <v>431</v>
       </c>
       <c r="C418" t="s">
         <v>572</v>
       </c>
       <c r="D418" t="s">
-        <v>2239</v>
+        <v>2238</v>
       </c>
       <c r="E418" t="s">
         <v>23</v>
       </c>
       <c r="F418" t="s">
         <v>246</v>
       </c>
       <c r="G418" t="s">
         <v>25</v>
       </c>
       <c r="I418" t="s">
         <v>187</v>
       </c>
       <c r="J418" t="s">
         <v>1653</v>
       </c>
       <c r="K418" t="s">
         <v>1768</v>
       </c>
       <c r="L418" t="s">
         <v>665</v>
       </c>
       <c r="M418" t="s">
+        <v>2235</v>
+      </c>
+      <c r="N418" t="s">
         <v>2236</v>
       </c>
-      <c r="N418" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O418" t="s">
-        <v>2237</v>
+        <v>2236</v>
       </c>
       <c r="P418" t="s">
-        <v>2240</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="419" spans="1:20">
       <c r="A419" t="s">
         <v>1859</v>
       </c>
       <c r="C419" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D419" t="s">
         <v>2241</v>
-      </c>
-[...1 lines deleted...]
-        <v>2242</v>
       </c>
       <c r="E419" t="s">
         <v>254</v>
       </c>
       <c r="F419" t="s">
         <v>78</v>
       </c>
       <c r="G419" t="s">
         <v>25</v>
       </c>
       <c r="I419" t="s">
         <v>256</v>
       </c>
       <c r="J419" t="s">
         <v>776</v>
       </c>
       <c r="K419" t="s">
         <v>681</v>
       </c>
       <c r="L419" t="s">
         <v>269</v>
       </c>
       <c r="M419" t="s">
+        <v>2242</v>
+      </c>
+      <c r="N419" t="s">
         <v>2243</v>
       </c>
-      <c r="N419" t="s">
+      <c r="O419" t="s">
         <v>2244</v>
       </c>
-      <c r="O419" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P419" t="s">
-        <v>2245</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="420" spans="1:20">
       <c r="A420" t="s">
-        <v>2246</v>
+        <v>2245</v>
       </c>
       <c r="C420" t="s">
         <v>38</v>
       </c>
       <c r="D420" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
       <c r="E420" t="s">
         <v>23</v>
       </c>
       <c r="F420" t="s">
         <v>246</v>
       </c>
       <c r="G420" t="s">
         <v>25</v>
       </c>
       <c r="H420" t="s">
-        <v>2248</v>
+        <v>2247</v>
       </c>
       <c r="I420" t="s">
         <v>187</v>
       </c>
       <c r="J420" t="s">
         <v>744</v>
       </c>
       <c r="K420" t="s">
         <v>1409</v>
       </c>
       <c r="L420" t="s">
         <v>671</v>
       </c>
       <c r="M420" t="s">
+        <v>2248</v>
+      </c>
+      <c r="N420" t="s">
         <v>2249</v>
       </c>
-      <c r="N420" t="s">
+      <c r="O420" t="s">
+        <v>2249</v>
+      </c>
+      <c r="P420" t="s">
         <v>2250</v>
-      </c>
-[...4 lines deleted...]
-        <v>2251</v>
       </c>
     </row>
     <row r="421" spans="1:20">
       <c r="A421" t="s">
         <v>641</v>
       </c>
       <c r="C421" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D421" t="s">
         <v>2252</v>
-      </c>
-[...1 lines deleted...]
-        <v>2253</v>
       </c>
       <c r="E421" t="s">
         <v>254</v>
       </c>
       <c r="F421" t="s">
         <v>738</v>
       </c>
       <c r="G421" t="s">
         <v>25</v>
       </c>
       <c r="H421" t="s">
-        <v>2254</v>
+        <v>2253</v>
       </c>
       <c r="I421" t="s">
         <v>624</v>
       </c>
       <c r="J421" t="s">
-        <v>2226</v>
+        <v>2225</v>
       </c>
       <c r="K421" t="s">
         <v>688</v>
       </c>
       <c r="L421" t="s">
         <v>113</v>
       </c>
       <c r="M421" t="s">
+        <v>2254</v>
+      </c>
+      <c r="N421" t="s">
         <v>2255</v>
       </c>
-      <c r="N421" t="s">
+      <c r="O421" t="s">
         <v>2256</v>
       </c>
-      <c r="O421" t="s">
+      <c r="P421" t="s">
         <v>2257</v>
-      </c>
-[...1 lines deleted...]
-        <v>2258</v>
       </c>
     </row>
     <row r="422" spans="1:20">
       <c r="A422" t="s">
         <v>1823</v>
       </c>
       <c r="C422" t="s">
         <v>293</v>
       </c>
       <c r="D422" t="s">
-        <v>2259</v>
+        <v>2258</v>
       </c>
       <c r="E422" t="s">
         <v>23</v>
       </c>
       <c r="F422" t="s">
         <v>378</v>
       </c>
       <c r="G422" t="s">
         <v>25</v>
       </c>
       <c r="I422" t="s">
         <v>27</v>
       </c>
       <c r="J422" t="s">
         <v>1176</v>
       </c>
       <c r="K422" t="s">
         <v>1778</v>
       </c>
       <c r="L422" t="s">
         <v>418</v>
       </c>
       <c r="M422" t="s">
+        <v>2259</v>
+      </c>
+      <c r="N422" t="s">
         <v>2260</v>
       </c>
-      <c r="N422" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O422" t="s">
-        <v>2261</v>
+        <v>2260</v>
       </c>
       <c r="P422" t="s">
-        <v>2261</v>
+        <v>2260</v>
       </c>
       <c r="Q422" t="s">
         <v>27</v>
       </c>
       <c r="R422" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="423" spans="1:20">
       <c r="A423" t="s">
-        <v>2262</v>
+        <v>2261</v>
       </c>
       <c r="C423" t="s">
         <v>309</v>
       </c>
       <c r="D423" t="s">
-        <v>2263</v>
+        <v>2262</v>
       </c>
       <c r="E423" t="s">
         <v>23</v>
       </c>
       <c r="F423" t="s">
         <v>85</v>
       </c>
       <c r="G423" t="s">
         <v>25</v>
       </c>
       <c r="H423" t="s">
-        <v>2264</v>
+        <v>2263</v>
       </c>
       <c r="I423" t="s">
         <v>27</v>
       </c>
       <c r="J423" t="s">
-        <v>2265</v>
+        <v>2264</v>
       </c>
       <c r="K423" t="s">
         <v>1328</v>
       </c>
       <c r="L423" t="s">
         <v>1031</v>
       </c>
       <c r="M423" t="s">
+        <v>2265</v>
+      </c>
+      <c r="N423" t="s">
         <v>2266</v>
       </c>
-      <c r="N423" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O423" t="s">
-        <v>2267</v>
+        <v>2266</v>
       </c>
       <c r="P423" t="s">
-        <v>2267</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="424" spans="1:20">
       <c r="A424" t="s">
         <v>1132</v>
       </c>
       <c r="C424" t="s">
         <v>117</v>
       </c>
       <c r="D424" t="s">
-        <v>2268</v>
+        <v>2267</v>
       </c>
       <c r="E424" t="s">
         <v>23</v>
       </c>
       <c r="F424" t="s">
         <v>246</v>
       </c>
       <c r="G424" t="s">
         <v>25</v>
       </c>
       <c r="I424" t="s">
         <v>187</v>
       </c>
       <c r="J424" t="s">
         <v>932</v>
       </c>
       <c r="K424" t="s">
         <v>1790</v>
       </c>
       <c r="L424" t="s">
         <v>675</v>
       </c>
       <c r="M424" t="s">
+        <v>2268</v>
+      </c>
+      <c r="N424" t="s">
+        <v>2266</v>
+      </c>
+      <c r="O424" t="s">
+        <v>2266</v>
+      </c>
+      <c r="P424" t="s">
         <v>2269</v>
-      </c>
-[...7 lines deleted...]
-        <v>2270</v>
       </c>
     </row>
     <row r="425" spans="1:20">
       <c r="A425" t="s">
-        <v>2271</v>
+        <v>2270</v>
       </c>
       <c r="C425" t="s">
         <v>1925</v>
       </c>
       <c r="D425" t="s">
-        <v>2272</v>
+        <v>2271</v>
       </c>
       <c r="E425" t="s">
         <v>254</v>
       </c>
       <c r="F425" t="s">
         <v>40</v>
       </c>
       <c r="G425" t="s">
         <v>25</v>
       </c>
       <c r="I425" t="s">
         <v>354</v>
       </c>
       <c r="J425" t="s">
         <v>854</v>
       </c>
       <c r="K425" t="s">
         <v>693</v>
       </c>
       <c r="L425" t="s">
         <v>366</v>
       </c>
       <c r="M425" t="s">
+        <v>2272</v>
+      </c>
+      <c r="N425" t="s">
         <v>2273</v>
       </c>
-      <c r="N425" t="s">
+      <c r="O425" t="s">
         <v>2274</v>
       </c>
-      <c r="O425" t="s">
+      <c r="P425" t="s">
         <v>2275</v>
-      </c>
-[...1 lines deleted...]
-        <v>2276</v>
       </c>
       <c r="Q425" t="s">
         <v>1852</v>
       </c>
       <c r="R425" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="426" spans="1:20">
       <c r="A426" t="s">
-        <v>2277</v>
+        <v>2276</v>
       </c>
       <c r="C426" t="s">
         <v>21</v>
       </c>
       <c r="D426" t="s">
-        <v>2278</v>
+        <v>2277</v>
       </c>
       <c r="E426" t="s">
         <v>23</v>
       </c>
       <c r="F426" t="s">
         <v>159</v>
       </c>
       <c r="G426" t="s">
         <v>25</v>
       </c>
       <c r="I426" t="s">
         <v>27</v>
       </c>
       <c r="J426" t="s">
-        <v>2086</v>
+        <v>2085</v>
       </c>
       <c r="K426" t="s">
         <v>1070</v>
       </c>
       <c r="L426" t="s">
         <v>1037</v>
       </c>
       <c r="M426" t="s">
-        <v>2279</v>
+        <v>2278</v>
       </c>
       <c r="N426" t="s">
-        <v>2274</v>
+        <v>2273</v>
       </c>
       <c r="O426" t="s">
-        <v>2274</v>
+        <v>2273</v>
       </c>
       <c r="P426" t="s">
-        <v>2274</v>
+        <v>2273</v>
       </c>
       <c r="Q426" t="s">
         <v>27</v>
       </c>
       <c r="R426" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="427" spans="1:20">
       <c r="A427" t="s">
         <v>1479</v>
       </c>
       <c r="C427" t="s">
         <v>199</v>
       </c>
       <c r="D427" t="s">
-        <v>2280</v>
+        <v>2279</v>
       </c>
       <c r="E427" t="s">
         <v>23</v>
       </c>
       <c r="F427" t="s">
         <v>106</v>
       </c>
       <c r="G427" t="s">
         <v>25</v>
       </c>
       <c r="I427" t="s">
         <v>27</v>
       </c>
       <c r="J427" t="s">
         <v>1219</v>
       </c>
       <c r="K427" t="s">
         <v>1473</v>
       </c>
       <c r="L427" t="s">
         <v>786</v>
       </c>
       <c r="M427" t="s">
+        <v>2280</v>
+      </c>
+      <c r="N427" t="s">
         <v>2281</v>
       </c>
-      <c r="N427" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O427" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="P427" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="428" spans="1:20">
       <c r="A428" t="s">
         <v>94</v>
       </c>
       <c r="C428" t="s">
         <v>724</v>
       </c>
       <c r="D428" t="s">
-        <v>2283</v>
+        <v>2282</v>
       </c>
       <c r="E428" t="s">
         <v>254</v>
       </c>
       <c r="F428" t="s">
         <v>186</v>
       </c>
       <c r="G428" t="s">
         <v>25</v>
       </c>
       <c r="I428" t="s">
         <v>354</v>
       </c>
       <c r="J428" t="s">
-        <v>2284</v>
+        <v>2283</v>
       </c>
       <c r="K428" t="s">
         <v>698</v>
       </c>
       <c r="L428" t="s">
         <v>373</v>
       </c>
       <c r="M428" t="s">
+        <v>2284</v>
+      </c>
+      <c r="N428" t="s">
         <v>2285</v>
       </c>
-      <c r="N428" t="s">
+      <c r="O428" t="s">
         <v>2286</v>
       </c>
-      <c r="O428" t="s">
+      <c r="P428" t="s">
         <v>2287</v>
-      </c>
-[...1 lines deleted...]
-        <v>2288</v>
       </c>
     </row>
     <row r="429" spans="1:20">
       <c r="A429" t="s">
         <v>1656</v>
       </c>
       <c r="C429" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D429" t="s">
         <v>2289</v>
-      </c>
-[...1 lines deleted...]
-        <v>2290</v>
       </c>
       <c r="E429" t="s">
         <v>254</v>
       </c>
       <c r="F429" t="s">
         <v>352</v>
       </c>
       <c r="G429" t="s">
         <v>25</v>
       </c>
       <c r="I429" t="s">
         <v>354</v>
       </c>
       <c r="J429" t="s">
         <v>1203</v>
       </c>
       <c r="K429" t="s">
         <v>705</v>
       </c>
       <c r="L429" t="s">
         <v>380</v>
       </c>
       <c r="M429" t="s">
+        <v>2290</v>
+      </c>
+      <c r="N429" t="s">
         <v>2291</v>
       </c>
-      <c r="N429" t="s">
+      <c r="O429" t="s">
         <v>2292</v>
       </c>
-      <c r="O429" t="s">
+      <c r="P429" t="s">
         <v>2293</v>
-      </c>
-[...1 lines deleted...]
-        <v>2294</v>
       </c>
     </row>
     <row r="430" spans="1:20">
       <c r="A430" t="s">
         <v>1379</v>
       </c>
       <c r="C430" t="s">
         <v>572</v>
       </c>
       <c r="D430" t="s">
         <v>946</v>
       </c>
       <c r="E430" t="s">
         <v>23</v>
       </c>
       <c r="F430" t="s">
-        <v>2164</v>
+        <v>2163</v>
       </c>
       <c r="G430" t="s">
         <v>25</v>
       </c>
       <c r="I430" t="s">
         <v>952</v>
       </c>
       <c r="J430" t="s">
-        <v>2295</v>
+        <v>2294</v>
       </c>
       <c r="K430" t="s">
         <v>1034</v>
       </c>
       <c r="L430" t="s">
         <v>87</v>
       </c>
       <c r="M430" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N430" t="s">
         <v>2296</v>
       </c>
-      <c r="N430" t="s">
+      <c r="O430" t="s">
+        <v>2296</v>
+      </c>
+      <c r="P430" t="s">
         <v>2297</v>
-      </c>
-[...4 lines deleted...]
-        <v>2298</v>
       </c>
     </row>
     <row r="431" spans="1:20">
       <c r="A431" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C431" t="s">
         <v>2299</v>
       </c>
-      <c r="C431" t="s">
+      <c r="D431" t="s">
         <v>2300</v>
-      </c>
-[...1 lines deleted...]
-        <v>2301</v>
       </c>
       <c r="E431" t="s">
         <v>254</v>
       </c>
       <c r="F431" t="s">
+        <v>2301</v>
+      </c>
+      <c r="G431" t="s">
         <v>2302</v>
-      </c>
-[...1 lines deleted...]
-        <v>2303</v>
       </c>
       <c r="I431" t="s">
         <v>256</v>
       </c>
       <c r="J431" t="s">
         <v>546</v>
       </c>
       <c r="K431" t="s">
         <v>709</v>
       </c>
       <c r="L431" t="s">
         <v>275</v>
       </c>
       <c r="M431" t="s">
+        <v>2303</v>
+      </c>
+      <c r="N431" t="s">
         <v>2304</v>
       </c>
-      <c r="N431" t="s">
+      <c r="O431" t="s">
         <v>2305</v>
       </c>
-      <c r="O431" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P431" t="s">
-        <v>2306</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="432" spans="1:20">
       <c r="A432" t="s">
         <v>1460</v>
       </c>
       <c r="C432" t="s">
         <v>91</v>
       </c>
       <c r="D432" t="s">
-        <v>2307</v>
+        <v>2306</v>
       </c>
       <c r="E432" t="s">
         <v>23</v>
       </c>
       <c r="F432" t="s">
         <v>951</v>
       </c>
       <c r="G432" t="s">
         <v>25</v>
       </c>
       <c r="H432" t="s">
-        <v>2308</v>
+        <v>2307</v>
       </c>
       <c r="I432" t="s">
         <v>952</v>
       </c>
       <c r="J432" t="s">
         <v>164</v>
       </c>
       <c r="K432" t="s">
         <v>1412</v>
       </c>
       <c r="L432" t="s">
         <v>94</v>
       </c>
       <c r="M432" t="s">
+        <v>2308</v>
+      </c>
+      <c r="N432" t="s">
         <v>2309</v>
       </c>
-      <c r="N432" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O432" t="s">
-        <v>2310</v>
+        <v>2309</v>
       </c>
       <c r="P432" t="s">
         <v>1923</v>
       </c>
     </row>
     <row r="433" spans="1:20">
       <c r="A433" t="s">
         <v>1062</v>
       </c>
       <c r="C433" t="s">
         <v>124</v>
       </c>
       <c r="D433" t="s">
-        <v>2311</v>
+        <v>2310</v>
       </c>
       <c r="E433" t="s">
         <v>23</v>
       </c>
       <c r="F433" t="s">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="G433" t="s">
         <v>25</v>
       </c>
       <c r="H433" t="s">
         <v>1049</v>
       </c>
       <c r="I433" t="s">
         <v>1743</v>
       </c>
       <c r="J433" t="s">
         <v>1138</v>
       </c>
       <c r="K433" t="s">
         <v>613</v>
       </c>
       <c r="L433" t="s">
         <v>64</v>
       </c>
       <c r="M433" t="s">
+        <v>2311</v>
+      </c>
+      <c r="N433" t="s">
         <v>2312</v>
       </c>
-      <c r="N433" t="s">
+      <c r="O433" t="s">
+        <v>2312</v>
+      </c>
+      <c r="P433" t="s">
         <v>2313</v>
-      </c>
-[...4 lines deleted...]
-        <v>2314</v>
       </c>
     </row>
     <row r="434" spans="1:20">
       <c r="A434" t="s">
         <v>1525</v>
       </c>
       <c r="C434" t="s">
         <v>261</v>
       </c>
       <c r="D434" t="s">
         <v>1163</v>
       </c>
       <c r="E434" t="s">
         <v>23</v>
       </c>
       <c r="F434" t="s">
         <v>339</v>
       </c>
       <c r="G434" t="s">
         <v>25</v>
       </c>
       <c r="I434" t="s">
         <v>27</v>
       </c>
       <c r="J434" t="s">
         <v>1776</v>
       </c>
       <c r="K434" t="s">
         <v>1257</v>
       </c>
       <c r="L434" t="s">
         <v>1050</v>
       </c>
       <c r="M434" t="s">
+        <v>2314</v>
+      </c>
+      <c r="N434" t="s">
         <v>2315</v>
       </c>
-      <c r="N434" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O434" t="s">
-        <v>2316</v>
+        <v>2315</v>
       </c>
       <c r="P434" t="s">
-        <v>2316</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="435" spans="1:20">
       <c r="A435" t="s">
         <v>783</v>
       </c>
       <c r="C435" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D435" t="s">
         <v>2317</v>
-      </c>
-[...1 lines deleted...]
-        <v>2318</v>
       </c>
       <c r="E435" t="s">
         <v>254</v>
       </c>
       <c r="F435" t="s">
         <v>186</v>
       </c>
       <c r="G435" t="s">
         <v>25</v>
       </c>
       <c r="I435" t="s">
         <v>354</v>
       </c>
       <c r="J435" t="s">
         <v>103</v>
       </c>
       <c r="K435" t="s">
         <v>715</v>
       </c>
       <c r="L435" t="s">
         <v>386</v>
       </c>
       <c r="M435" t="s">
+        <v>2318</v>
+      </c>
+      <c r="N435" t="s">
         <v>2319</v>
       </c>
-      <c r="N435" t="s">
+      <c r="O435" t="s">
         <v>2320</v>
       </c>
-      <c r="O435" t="s">
+      <c r="P435" t="s">
         <v>2321</v>
-      </c>
-[...1 lines deleted...]
-        <v>2322</v>
       </c>
     </row>
     <row r="436" spans="1:20">
       <c r="A436" t="s">
-        <v>2323</v>
+        <v>2322</v>
       </c>
       <c r="C436" t="s">
         <v>1317</v>
       </c>
       <c r="D436" t="s">
-        <v>2324</v>
+        <v>2323</v>
       </c>
       <c r="E436" t="s">
         <v>254</v>
       </c>
       <c r="F436" t="s">
         <v>601</v>
       </c>
       <c r="G436" t="s">
         <v>25</v>
       </c>
       <c r="H436" t="s">
-        <v>2248</v>
+        <v>2247</v>
       </c>
       <c r="I436" t="s">
         <v>354</v>
       </c>
       <c r="J436" t="s">
         <v>1523</v>
       </c>
       <c r="K436" t="s">
         <v>720</v>
       </c>
       <c r="L436" t="s">
         <v>394</v>
       </c>
       <c r="M436" t="s">
+        <v>2324</v>
+      </c>
+      <c r="N436" t="s">
         <v>2325</v>
       </c>
-      <c r="N436" t="s">
+      <c r="O436" t="s">
         <v>2326</v>
       </c>
-      <c r="O436" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P436" t="s">
-        <v>2184</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="437" spans="1:20">
       <c r="A437" t="s">
         <v>230</v>
       </c>
       <c r="C437" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D437" t="s">
         <v>2328</v>
-      </c>
-[...1 lines deleted...]
-        <v>2329</v>
       </c>
       <c r="E437" t="s">
         <v>23</v>
       </c>
       <c r="F437" t="s">
         <v>1892</v>
       </c>
       <c r="G437" t="s">
         <v>25</v>
       </c>
       <c r="H437" t="s">
         <v>1282</v>
       </c>
       <c r="I437" t="s">
         <v>1743</v>
       </c>
       <c r="J437" t="s">
         <v>750</v>
       </c>
       <c r="K437" t="s">
         <v>717</v>
       </c>
       <c r="L437" t="s">
         <v>72</v>
       </c>
       <c r="M437" t="s">
+        <v>2329</v>
+      </c>
+      <c r="N437" t="s">
         <v>2330</v>
       </c>
-      <c r="N437" t="s">
+      <c r="O437" t="s">
+        <v>2330</v>
+      </c>
+      <c r="P437" t="s">
         <v>2331</v>
-      </c>
-[...4 lines deleted...]
-        <v>2332</v>
       </c>
     </row>
     <row r="438" spans="1:20">
       <c r="A438" t="s">
+        <v>2332</v>
+      </c>
+      <c r="C438" t="s">
         <v>2333</v>
       </c>
-      <c r="C438" t="s">
+      <c r="D438" t="s">
         <v>2334</v>
-      </c>
-[...1 lines deleted...]
-        <v>2335</v>
       </c>
       <c r="E438" t="s">
         <v>254</v>
       </c>
       <c r="F438" t="s">
         <v>40</v>
       </c>
       <c r="G438" t="s">
         <v>25</v>
       </c>
       <c r="H438" t="s">
-        <v>2336</v>
+        <v>2335</v>
       </c>
       <c r="I438" t="s">
         <v>354</v>
       </c>
       <c r="J438" t="s">
         <v>1316</v>
       </c>
       <c r="K438" t="s">
         <v>728</v>
       </c>
       <c r="L438" t="s">
         <v>400</v>
       </c>
       <c r="M438" t="s">
+        <v>2336</v>
+      </c>
+      <c r="N438" t="s">
         <v>2337</v>
       </c>
-      <c r="N438" t="s">
+      <c r="O438" t="s">
         <v>2338</v>
       </c>
-      <c r="O438" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P438" t="s">
-        <v>2193</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="439" spans="1:20">
       <c r="A439" t="s">
         <v>127</v>
       </c>
       <c r="C439" t="s">
         <v>68</v>
       </c>
       <c r="D439" t="s">
-        <v>2340</v>
+        <v>2339</v>
       </c>
       <c r="E439" t="s">
         <v>23</v>
       </c>
       <c r="F439" t="s">
         <v>504</v>
       </c>
       <c r="G439" t="s">
         <v>25</v>
       </c>
       <c r="I439" t="s">
         <v>187</v>
       </c>
       <c r="J439" t="s">
-        <v>2341</v>
+        <v>2340</v>
       </c>
       <c r="K439" t="s">
         <v>1823</v>
       </c>
       <c r="L439" t="s">
         <v>681</v>
       </c>
       <c r="M439" t="s">
+        <v>2341</v>
+      </c>
+      <c r="N439" t="s">
         <v>2342</v>
       </c>
-      <c r="N439" t="s">
+      <c r="O439" t="s">
+        <v>2342</v>
+      </c>
+      <c r="P439" t="s">
         <v>2343</v>
-      </c>
-[...4 lines deleted...]
-        <v>2344</v>
       </c>
     </row>
     <row r="440" spans="1:20">
       <c r="A440" t="s">
         <v>1067</v>
       </c>
       <c r="C440" t="s">
         <v>1925</v>
       </c>
       <c r="D440" t="s">
-        <v>2345</v>
+        <v>2344</v>
       </c>
       <c r="E440" t="s">
         <v>254</v>
       </c>
       <c r="F440" t="s">
         <v>186</v>
       </c>
       <c r="G440" t="s">
         <v>25</v>
       </c>
       <c r="I440" t="s">
         <v>354</v>
       </c>
       <c r="J440" t="s">
-        <v>2346</v>
+        <v>2345</v>
       </c>
       <c r="K440" t="s">
         <v>733</v>
       </c>
       <c r="L440" t="s">
         <v>406</v>
       </c>
       <c r="M440" t="s">
+        <v>2346</v>
+      </c>
+      <c r="N440" t="s">
         <v>2347</v>
       </c>
-      <c r="N440" t="s">
+      <c r="O440" t="s">
         <v>2348</v>
       </c>
-      <c r="O440" t="s">
+      <c r="P440" t="s">
         <v>2349</v>
-      </c>
-[...1 lines deleted...]
-        <v>2350</v>
       </c>
     </row>
     <row r="441" spans="1:20">
       <c r="A441" t="s">
         <v>1630</v>
       </c>
       <c r="C441" t="s">
         <v>843</v>
       </c>
       <c r="D441" t="s">
-        <v>2351</v>
+        <v>2350</v>
       </c>
       <c r="E441" t="s">
         <v>254</v>
       </c>
       <c r="F441" t="s">
+        <v>2351</v>
+      </c>
+      <c r="G441" t="s">
+        <v>25</v>
+      </c>
+      <c r="H441" t="s">
         <v>2352</v>
-      </c>
-[...4 lines deleted...]
-        <v>2353</v>
       </c>
       <c r="I441" t="s">
         <v>624</v>
       </c>
       <c r="J441" t="s">
-        <v>2354</v>
+        <v>2353</v>
       </c>
       <c r="K441" t="s">
         <v>740</v>
       </c>
       <c r="L441" t="s">
         <v>120</v>
       </c>
       <c r="M441" t="s">
+        <v>2354</v>
+      </c>
+      <c r="N441" t="s">
         <v>2355</v>
       </c>
-      <c r="N441" t="s">
+      <c r="O441" t="s">
         <v>2356</v>
       </c>
-      <c r="O441" t="s">
+      <c r="P441" t="s">
         <v>2357</v>
-      </c>
-[...1 lines deleted...]
-        <v>2358</v>
       </c>
     </row>
     <row r="442" spans="1:20">
       <c r="A442" t="s">
         <v>41</v>
       </c>
       <c r="C442" t="s">
         <v>685</v>
       </c>
       <c r="D442" t="s">
-        <v>2359</v>
+        <v>2358</v>
       </c>
       <c r="E442" t="s">
         <v>23</v>
       </c>
       <c r="F442" t="s">
         <v>186</v>
       </c>
       <c r="G442" t="s">
         <v>25</v>
       </c>
       <c r="I442" t="s">
         <v>187</v>
       </c>
       <c r="J442" t="s">
         <v>1028</v>
       </c>
       <c r="K442" t="s">
         <v>1827</v>
       </c>
       <c r="L442" t="s">
         <v>688</v>
       </c>
       <c r="M442" t="s">
+        <v>2359</v>
+      </c>
+      <c r="N442" t="s">
         <v>2360</v>
       </c>
-      <c r="N442" t="s">
+      <c r="O442" t="s">
+        <v>2360</v>
+      </c>
+      <c r="P442" t="s">
         <v>2361</v>
-      </c>
-[...4 lines deleted...]
-        <v>2362</v>
       </c>
       <c r="Q442" t="s">
         <v>27</v>
       </c>
       <c r="R442" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="443" spans="1:20">
       <c r="A443" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C443" t="s">
         <v>2363</v>
       </c>
-      <c r="C443" t="s">
+      <c r="D443" t="s">
         <v>2364</v>
-      </c>
-[...1 lines deleted...]
-        <v>2365</v>
       </c>
       <c r="E443" t="s">
         <v>254</v>
       </c>
       <c r="F443" t="s">
-        <v>2208</v>
+        <v>2207</v>
       </c>
       <c r="G443" t="s">
         <v>25</v>
       </c>
       <c r="H443" t="s">
-        <v>2366</v>
+        <v>2365</v>
       </c>
       <c r="I443" t="s">
         <v>624</v>
       </c>
       <c r="J443" t="s">
         <v>1798</v>
       </c>
       <c r="K443" t="s">
         <v>137</v>
       </c>
       <c r="L443" t="s">
         <v>127</v>
       </c>
       <c r="M443" t="s">
+        <v>2359</v>
+      </c>
+      <c r="N443" t="s">
         <v>2360</v>
       </c>
-      <c r="N443" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O443" t="s">
-        <v>2367</v>
+        <v>2366</v>
       </c>
       <c r="P443" t="s">
-        <v>2287</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="444" spans="1:20">
       <c r="A444" t="s">
-        <v>2368</v>
+        <v>2367</v>
       </c>
       <c r="C444" t="s">
         <v>165</v>
       </c>
       <c r="D444" t="s">
+        <v>2368</v>
+      </c>
+      <c r="E444" t="s">
+        <v>23</v>
+      </c>
+      <c r="F444" t="s">
         <v>2369</v>
       </c>
-      <c r="E444" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G444" t="s">
         <v>25</v>
       </c>
       <c r="H444" t="s">
-        <v>2366</v>
+        <v>2365</v>
       </c>
       <c r="I444" t="s">
         <v>1743</v>
       </c>
       <c r="J444" t="s">
-        <v>2196</v>
+        <v>2195</v>
       </c>
       <c r="K444" t="s">
         <v>1833</v>
       </c>
       <c r="L444" t="s">
         <v>79</v>
       </c>
       <c r="M444" t="s">
+        <v>2370</v>
+      </c>
+      <c r="N444" t="s">
         <v>2371</v>
       </c>
-      <c r="N444" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O444" t="s">
-        <v>2372</v>
+        <v>2371</v>
       </c>
       <c r="P444" t="s">
         <v>1880</v>
       </c>
     </row>
     <row r="445" spans="1:20">
       <c r="A445" t="s">
         <v>1567</v>
       </c>
       <c r="C445" t="s">
+        <v>2372</v>
+      </c>
+      <c r="D445" t="s">
         <v>2373</v>
-      </c>
-[...1 lines deleted...]
-        <v>2374</v>
       </c>
       <c r="E445" t="s">
         <v>23</v>
       </c>
       <c r="F445" t="s">
         <v>62</v>
       </c>
       <c r="G445" t="s">
         <v>25</v>
       </c>
       <c r="I445" t="s">
         <v>27</v>
       </c>
       <c r="J445" t="s">
-        <v>2277</v>
+        <v>2276</v>
       </c>
       <c r="K445" t="s">
         <v>1298</v>
       </c>
       <c r="L445" t="s">
         <v>1056</v>
       </c>
       <c r="M445" t="s">
+        <v>2374</v>
+      </c>
+      <c r="N445" t="s">
         <v>2375</v>
       </c>
-      <c r="N445" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O445" t="s">
-        <v>2376</v>
+        <v>2375</v>
       </c>
       <c r="P445" t="s">
-        <v>2376</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="446" spans="1:20">
       <c r="A446" t="s">
         <v>1540</v>
       </c>
       <c r="C446" t="s">
         <v>829</v>
       </c>
       <c r="D446" t="s">
-        <v>2377</v>
+        <v>2376</v>
       </c>
       <c r="E446" t="s">
         <v>254</v>
       </c>
       <c r="F446" t="s">
         <v>295</v>
       </c>
       <c r="G446" t="s">
         <v>25</v>
       </c>
       <c r="I446" t="s">
         <v>354</v>
       </c>
       <c r="J446" t="s">
-        <v>2271</v>
+        <v>2270</v>
       </c>
       <c r="K446" t="s">
         <v>752</v>
       </c>
       <c r="L446" t="s">
         <v>278</v>
       </c>
       <c r="M446" t="s">
+        <v>2377</v>
+      </c>
+      <c r="N446" t="s">
         <v>2378</v>
       </c>
-      <c r="N446" t="s">
+      <c r="O446" t="s">
         <v>2379</v>
       </c>
-      <c r="O446" t="s">
+      <c r="P446" t="s">
         <v>2380</v>
-      </c>
-[...1 lines deleted...]
-        <v>2381</v>
       </c>
     </row>
     <row r="447" spans="1:20">
       <c r="A447" t="s">
         <v>247</v>
       </c>
       <c r="C447" t="s">
         <v>1029</v>
       </c>
       <c r="D447" t="s">
-        <v>2382</v>
+        <v>2381</v>
       </c>
       <c r="E447" t="s">
         <v>254</v>
       </c>
       <c r="F447" t="s">
         <v>40</v>
       </c>
       <c r="G447" t="s">
         <v>25</v>
       </c>
       <c r="I447" t="s">
         <v>354</v>
       </c>
       <c r="J447" t="s">
         <v>585</v>
       </c>
       <c r="K447" t="s">
         <v>760</v>
       </c>
       <c r="L447" t="s">
         <v>184</v>
       </c>
       <c r="M447" t="s">
+        <v>2382</v>
+      </c>
+      <c r="N447" t="s">
         <v>2383</v>
       </c>
-      <c r="N447" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O447" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="P447" t="s">
-        <v>2256</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="448" spans="1:20">
       <c r="A448" t="s">
-        <v>2038</v>
+        <v>2037</v>
       </c>
       <c r="C448" t="s">
+        <v>2384</v>
+      </c>
+      <c r="D448" t="s">
         <v>2385</v>
-      </c>
-[...1 lines deleted...]
-        <v>2386</v>
       </c>
       <c r="E448" t="s">
         <v>254</v>
       </c>
       <c r="F448" t="s">
         <v>62</v>
       </c>
       <c r="G448" t="s">
         <v>25</v>
       </c>
       <c r="I448" t="s">
         <v>256</v>
       </c>
       <c r="J448" t="s">
         <v>1739</v>
       </c>
       <c r="K448" t="s">
         <v>512</v>
       </c>
       <c r="L448" t="s">
         <v>281</v>
       </c>
       <c r="M448" t="s">
+        <v>2386</v>
+      </c>
+      <c r="N448" t="s">
         <v>2387</v>
       </c>
-      <c r="N448" t="s">
+      <c r="O448" t="s">
         <v>2388</v>
       </c>
-      <c r="O448" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P448" t="s">
-        <v>2389</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="449" spans="1:20">
       <c r="A449" t="s">
-        <v>2390</v>
+        <v>2389</v>
       </c>
       <c r="C449" t="s">
         <v>429</v>
       </c>
       <c r="D449" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E449" t="s">
+        <v>23</v>
+      </c>
+      <c r="F449" t="s">
         <v>2391</v>
-      </c>
-[...4 lines deleted...]
-        <v>2392</v>
       </c>
       <c r="G449" t="s">
         <v>25</v>
       </c>
       <c r="I449" t="s">
         <v>1743</v>
       </c>
       <c r="J449" t="s">
         <v>272</v>
       </c>
       <c r="K449" t="s">
         <v>1350</v>
       </c>
       <c r="L449" t="s">
         <v>87</v>
       </c>
       <c r="M449" t="s">
+        <v>2392</v>
+      </c>
+      <c r="N449" t="s">
         <v>2393</v>
       </c>
-      <c r="N449" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O449" t="s">
-        <v>2394</v>
+        <v>2393</v>
       </c>
       <c r="P449" t="s">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="Q449" t="s">
         <v>27</v>
       </c>
       <c r="R449" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="450" spans="1:20">
       <c r="A450" t="s">
+        <v>2394</v>
+      </c>
+      <c r="C450" t="s">
         <v>2395</v>
       </c>
-      <c r="C450" t="s">
+      <c r="D450" t="s">
         <v>2396</v>
-      </c>
-[...1 lines deleted...]
-        <v>2397</v>
       </c>
       <c r="E450" t="s">
         <v>254</v>
       </c>
       <c r="F450" t="s">
         <v>726</v>
       </c>
       <c r="G450" t="s">
         <v>25</v>
       </c>
       <c r="I450" t="s">
         <v>354</v>
       </c>
       <c r="J450" t="s">
-        <v>2398</v>
+        <v>2397</v>
       </c>
       <c r="K450" t="s">
         <v>769</v>
       </c>
       <c r="L450" t="s">
         <v>420</v>
       </c>
       <c r="M450" t="s">
+        <v>2398</v>
+      </c>
+      <c r="N450" t="s">
         <v>2399</v>
       </c>
-      <c r="N450" t="s">
+      <c r="O450" t="s">
+        <v>2312</v>
+      </c>
+      <c r="P450" t="s">
         <v>2400</v>
-      </c>
-[...4 lines deleted...]
-        <v>2401</v>
       </c>
     </row>
     <row r="451" spans="1:20">
       <c r="A451" t="s">
-        <v>2402</v>
+        <v>2401</v>
       </c>
       <c r="C451" t="s">
         <v>1453</v>
       </c>
       <c r="D451" t="s">
-        <v>2403</v>
+        <v>2402</v>
       </c>
       <c r="E451" t="s">
         <v>254</v>
       </c>
       <c r="F451" t="s">
         <v>85</v>
       </c>
       <c r="G451" t="s">
         <v>25</v>
       </c>
       <c r="I451" t="s">
         <v>354</v>
       </c>
       <c r="J451" t="s">
         <v>1195</v>
       </c>
       <c r="K451" t="s">
         <v>619</v>
       </c>
       <c r="L451" t="s">
         <v>425</v>
       </c>
       <c r="M451" t="s">
+        <v>2403</v>
+      </c>
+      <c r="N451" t="s">
         <v>2404</v>
       </c>
-      <c r="N451" t="s">
+      <c r="O451" t="s">
         <v>2405</v>
       </c>
-      <c r="O451" t="s">
+      <c r="P451" t="s">
         <v>2406</v>
-      </c>
-[...1 lines deleted...]
-        <v>2407</v>
       </c>
       <c r="Q451" t="s">
         <v>1852</v>
       </c>
       <c r="R451" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="452" spans="1:20">
       <c r="A452" t="s">
         <v>698</v>
       </c>
       <c r="C452" t="s">
         <v>404</v>
       </c>
       <c r="D452" t="s">
-        <v>2408</v>
+        <v>2407</v>
       </c>
       <c r="E452" t="s">
         <v>23</v>
       </c>
       <c r="F452" t="s">
         <v>152</v>
       </c>
       <c r="G452" t="s">
         <v>25</v>
       </c>
       <c r="I452" t="s">
         <v>27</v>
       </c>
       <c r="J452" t="s">
         <v>44</v>
       </c>
       <c r="K452" t="s">
         <v>864</v>
       </c>
       <c r="L452" t="s">
         <v>1062</v>
       </c>
       <c r="M452" t="s">
+        <v>2408</v>
+      </c>
+      <c r="N452" t="s">
         <v>2409</v>
       </c>
-      <c r="N452" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O452" t="s">
-        <v>2410</v>
+        <v>2409</v>
       </c>
       <c r="P452" t="s">
-        <v>2410</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="453" spans="1:20">
       <c r="A453" t="s">
         <v>1500</v>
       </c>
       <c r="C453" t="s">
-        <v>2042</v>
+        <v>2041</v>
       </c>
       <c r="D453" t="s">
-        <v>2411</v>
+        <v>2410</v>
       </c>
       <c r="E453" t="s">
         <v>254</v>
       </c>
       <c r="F453" t="s">
         <v>70</v>
       </c>
       <c r="G453" t="s">
         <v>25</v>
       </c>
       <c r="I453" t="s">
         <v>256</v>
       </c>
       <c r="J453" t="s">
         <v>481</v>
       </c>
       <c r="K453" t="s">
         <v>595</v>
       </c>
       <c r="L453" t="s">
         <v>289</v>
       </c>
       <c r="M453" t="s">
+        <v>2411</v>
+      </c>
+      <c r="N453" t="s">
         <v>2412</v>
       </c>
-      <c r="N453" t="s">
+      <c r="O453" t="s">
         <v>2413</v>
       </c>
-      <c r="O453" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P453" t="s">
-        <v>2414</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="454" spans="1:20">
       <c r="A454" t="s">
-        <v>2415</v>
+        <v>2414</v>
       </c>
       <c r="C454" t="s">
         <v>829</v>
       </c>
       <c r="D454" t="s">
-        <v>2416</v>
+        <v>2415</v>
       </c>
       <c r="E454" t="s">
         <v>254</v>
       </c>
       <c r="F454" t="s">
         <v>152</v>
       </c>
       <c r="G454" t="s">
         <v>25</v>
       </c>
       <c r="I454" t="s">
         <v>256</v>
       </c>
       <c r="J454" t="s">
         <v>1782</v>
       </c>
       <c r="K454" t="s">
         <v>783</v>
       </c>
       <c r="L454" t="s">
         <v>297</v>
       </c>
       <c r="M454" t="s">
+        <v>2416</v>
+      </c>
+      <c r="N454" t="s">
         <v>2417</v>
       </c>
-      <c r="N454" t="s">
+      <c r="O454" t="s">
         <v>2418</v>
       </c>
-      <c r="O454" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P454" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="455" spans="1:20">
       <c r="A455" t="s">
-        <v>2420</v>
+        <v>2419</v>
       </c>
       <c r="C455" t="s">
         <v>1317</v>
       </c>
       <c r="D455" t="s">
-        <v>2421</v>
+        <v>2420</v>
       </c>
       <c r="E455" t="s">
         <v>254</v>
       </c>
       <c r="F455" t="s">
         <v>40</v>
       </c>
       <c r="G455" t="s">
         <v>25</v>
       </c>
       <c r="H455" t="s">
-        <v>2422</v>
+        <v>2421</v>
       </c>
       <c r="I455" t="s">
         <v>354</v>
       </c>
       <c r="J455" t="s">
-        <v>2423</v>
+        <v>2422</v>
       </c>
       <c r="K455" t="s">
         <v>790</v>
       </c>
       <c r="L455" t="s">
         <v>431</v>
       </c>
       <c r="M455" t="s">
+        <v>2423</v>
+      </c>
+      <c r="N455" t="s">
         <v>2424</v>
       </c>
-      <c r="N455" t="s">
+      <c r="O455" t="s">
         <v>2425</v>
       </c>
-      <c r="O455" t="s">
+      <c r="P455" t="s">
         <v>2426</v>
-      </c>
-[...1 lines deleted...]
-        <v>2427</v>
       </c>
     </row>
     <row r="456" spans="1:20">
       <c r="A456" t="s">
         <v>959</v>
       </c>
       <c r="C456" t="s">
         <v>817</v>
       </c>
       <c r="D456" t="s">
-        <v>2428</v>
+        <v>2427</v>
       </c>
       <c r="E456" t="s">
         <v>23</v>
       </c>
       <c r="F456" t="s">
         <v>553</v>
       </c>
       <c r="G456" t="s">
         <v>25</v>
       </c>
       <c r="H456" t="s">
-        <v>1971</v>
+        <v>1970</v>
       </c>
       <c r="I456" t="s">
         <v>459</v>
       </c>
       <c r="J456" t="s">
-        <v>2246</v>
+        <v>2245</v>
       </c>
       <c r="K456" t="s">
         <v>1854</v>
       </c>
       <c r="L456" t="s">
         <v>230</v>
       </c>
       <c r="M456" t="s">
+        <v>2428</v>
+      </c>
+      <c r="N456" t="s">
         <v>2429</v>
       </c>
-      <c r="N456" t="s">
+      <c r="O456" t="s">
+        <v>2429</v>
+      </c>
+      <c r="P456" t="s">
         <v>2430</v>
-      </c>
-[...4 lines deleted...]
-        <v>2431</v>
       </c>
     </row>
     <row r="457" spans="1:20">
       <c r="A457" t="s">
         <v>966</v>
       </c>
       <c r="C457" t="s">
-        <v>2102</v>
+        <v>2101</v>
       </c>
       <c r="D457" t="s">
-        <v>2432</v>
+        <v>2431</v>
       </c>
       <c r="E457" t="s">
         <v>254</v>
       </c>
       <c r="F457" t="s">
         <v>40</v>
       </c>
       <c r="G457" t="s">
         <v>25</v>
       </c>
       <c r="H457" t="s">
-        <v>2433</v>
+        <v>2432</v>
       </c>
       <c r="I457" t="s">
         <v>354</v>
       </c>
       <c r="J457" t="s">
-        <v>2434</v>
+        <v>2433</v>
       </c>
       <c r="K457" t="s">
         <v>797</v>
       </c>
       <c r="L457" t="s">
         <v>438</v>
       </c>
       <c r="M457" t="s">
+        <v>2434</v>
+      </c>
+      <c r="N457" t="s">
         <v>2435</v>
       </c>
-      <c r="N457" t="s">
+      <c r="O457" t="s">
         <v>2436</v>
       </c>
-      <c r="O457" t="s">
+      <c r="P457" t="s">
         <v>2437</v>
-      </c>
-[...1 lines deleted...]
-        <v>2438</v>
       </c>
     </row>
     <row r="458" spans="1:20">
       <c r="A458" t="s">
         <v>988</v>
       </c>
       <c r="C458" t="s">
         <v>843</v>
       </c>
       <c r="D458" t="s">
-        <v>2439</v>
+        <v>2438</v>
       </c>
       <c r="E458" t="s">
         <v>254</v>
       </c>
       <c r="F458" t="s">
         <v>1529</v>
       </c>
       <c r="G458" t="s">
         <v>25</v>
       </c>
       <c r="I458" t="s">
         <v>624</v>
       </c>
       <c r="J458" t="s">
         <v>364</v>
       </c>
       <c r="K458" t="s">
         <v>805</v>
       </c>
       <c r="L458" t="s">
         <v>134</v>
       </c>
       <c r="M458" t="s">
+        <v>2439</v>
+      </c>
+      <c r="N458" t="s">
         <v>2440</v>
       </c>
-      <c r="N458" t="s">
+      <c r="O458" t="s">
         <v>2441</v>
       </c>
-      <c r="O458" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P458" t="s">
-        <v>2326</v>
+        <v>2325</v>
       </c>
       <c r="Q458" t="s">
         <v>1852</v>
       </c>
       <c r="R458" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="459" spans="1:20">
       <c r="A459" t="s">
-        <v>2443</v>
+        <v>2442</v>
       </c>
       <c r="C459" t="s">
         <v>68</v>
       </c>
       <c r="D459" t="s">
+        <v>2443</v>
+      </c>
+      <c r="E459" t="s">
+        <v>23</v>
+      </c>
+      <c r="F459" t="s">
+        <v>1995</v>
+      </c>
+      <c r="G459" t="s">
+        <v>25</v>
+      </c>
+      <c r="H459" t="s">
         <v>2444</v>
-      </c>
-[...10 lines deleted...]
-        <v>2445</v>
       </c>
       <c r="I459" t="s">
         <v>1743</v>
       </c>
       <c r="J459" t="s">
-        <v>2262</v>
+        <v>2261</v>
       </c>
       <c r="K459" t="s">
         <v>1859</v>
       </c>
       <c r="L459" t="s">
         <v>94</v>
       </c>
       <c r="M459" t="s">
+        <v>2445</v>
+      </c>
+      <c r="N459" t="s">
         <v>2446</v>
       </c>
-      <c r="N459" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O459" t="s">
-        <v>2447</v>
+        <v>2446</v>
       </c>
       <c r="P459" t="s">
-        <v>1960</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="460" spans="1:20">
       <c r="A460" t="s">
-        <v>2341</v>
+        <v>2340</v>
       </c>
       <c r="C460" t="s">
         <v>1683</v>
       </c>
       <c r="D460" t="s">
-        <v>2448</v>
+        <v>2447</v>
       </c>
       <c r="E460" t="s">
         <v>254</v>
       </c>
       <c r="F460" t="s">
         <v>352</v>
       </c>
       <c r="G460" t="s">
         <v>25</v>
       </c>
       <c r="I460" t="s">
         <v>354</v>
       </c>
       <c r="J460" t="s">
         <v>1059</v>
       </c>
       <c r="K460" t="s">
         <v>809</v>
       </c>
       <c r="L460" t="s">
         <v>446</v>
       </c>
       <c r="M460" t="s">
+        <v>2448</v>
+      </c>
+      <c r="N460" t="s">
         <v>2449</v>
       </c>
-      <c r="N460" t="s">
+      <c r="O460" t="s">
         <v>2450</v>
       </c>
-      <c r="O460" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P460" t="s">
-        <v>2388</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="461" spans="1:20">
       <c r="A461" t="s">
         <v>536</v>
       </c>
       <c r="C461" t="s">
         <v>1896</v>
       </c>
       <c r="D461" t="s">
-        <v>2452</v>
+        <v>2451</v>
       </c>
       <c r="E461" t="s">
         <v>254</v>
       </c>
       <c r="F461" t="s">
         <v>246</v>
       </c>
       <c r="G461" t="s">
         <v>25</v>
       </c>
       <c r="H461" t="s">
         <v>1530</v>
       </c>
       <c r="I461" t="s">
         <v>354</v>
       </c>
       <c r="J461" t="s">
-        <v>2395</v>
+        <v>2394</v>
       </c>
       <c r="K461" t="s">
         <v>326</v>
       </c>
       <c r="L461" t="s">
         <v>452</v>
       </c>
       <c r="M461" t="s">
+        <v>2452</v>
+      </c>
+      <c r="N461" t="s">
         <v>2453</v>
       </c>
-      <c r="N461" t="s">
+      <c r="O461" t="s">
+        <v>2412</v>
+      </c>
+      <c r="P461" t="s">
         <v>2454</v>
-      </c>
-[...4 lines deleted...]
-        <v>2455</v>
       </c>
     </row>
     <row r="462" spans="1:20">
       <c r="A462" t="s">
         <v>1221</v>
       </c>
       <c r="C462" t="s">
         <v>138</v>
       </c>
       <c r="D462" t="s">
-        <v>2456</v>
+        <v>2455</v>
       </c>
       <c r="E462" t="s">
         <v>23</v>
       </c>
       <c r="F462" t="s">
         <v>458</v>
       </c>
       <c r="G462" t="s">
         <v>25</v>
       </c>
       <c r="I462" t="s">
         <v>459</v>
       </c>
       <c r="J462" t="s">
         <v>1190</v>
       </c>
       <c r="K462" t="s">
         <v>884</v>
       </c>
       <c r="L462" t="s">
         <v>235</v>
       </c>
       <c r="M462" t="s">
+        <v>2456</v>
+      </c>
+      <c r="N462" t="s">
         <v>2457</v>
       </c>
-      <c r="N462" t="s">
+      <c r="O462" t="s">
+        <v>2457</v>
+      </c>
+      <c r="P462" t="s">
         <v>2458</v>
-      </c>
-[...4 lines deleted...]
-        <v>2459</v>
       </c>
       <c r="Q462" t="s">
         <v>27</v>
       </c>
       <c r="R462" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="463" spans="1:20">
       <c r="A463" t="s">
-        <v>2460</v>
+        <v>2459</v>
       </c>
       <c r="C463" t="s">
         <v>855</v>
       </c>
       <c r="D463" t="s">
-        <v>2461</v>
+        <v>2460</v>
       </c>
       <c r="E463" t="s">
         <v>254</v>
       </c>
       <c r="F463" t="s">
         <v>106</v>
       </c>
       <c r="G463" t="s">
         <v>25</v>
       </c>
       <c r="I463" t="s">
         <v>256</v>
       </c>
       <c r="J463" t="s">
-        <v>2420</v>
+        <v>2419</v>
       </c>
       <c r="K463" t="s">
         <v>529</v>
       </c>
       <c r="L463" t="s">
         <v>304</v>
       </c>
       <c r="M463" t="s">
+        <v>2461</v>
+      </c>
+      <c r="N463" t="s">
         <v>2462</v>
       </c>
-      <c r="N463" t="s">
+      <c r="O463" t="s">
         <v>2463</v>
       </c>
-      <c r="O463" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P463" t="s">
-        <v>2464</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="464" spans="1:20">
       <c r="A464" t="s">
         <v>1324</v>
       </c>
       <c r="C464" t="s">
         <v>165</v>
       </c>
       <c r="D464" t="s">
+        <v>2464</v>
+      </c>
+      <c r="E464" t="s">
+        <v>23</v>
+      </c>
+      <c r="F464" t="s">
         <v>2465</v>
-      </c>
-[...4 lines deleted...]
-        <v>2466</v>
       </c>
       <c r="G464" t="s">
         <v>25</v>
       </c>
       <c r="I464" t="s">
         <v>1743</v>
       </c>
       <c r="J464" t="s">
         <v>1054</v>
       </c>
       <c r="K464" t="s">
         <v>1867</v>
       </c>
       <c r="L464" t="s">
         <v>100</v>
       </c>
       <c r="M464" t="s">
+        <v>2466</v>
+      </c>
+      <c r="N464" t="s">
         <v>2467</v>
       </c>
-      <c r="N464" t="s">
+      <c r="O464" t="s">
+        <v>2467</v>
+      </c>
+      <c r="P464" t="s">
         <v>2468</v>
-      </c>
-[...4 lines deleted...]
-        <v>2469</v>
       </c>
     </row>
     <row r="465" spans="1:20">
       <c r="A465" t="s">
         <v>361</v>
       </c>
       <c r="C465" t="s">
         <v>829</v>
       </c>
       <c r="D465" t="s">
-        <v>2470</v>
+        <v>2469</v>
       </c>
       <c r="E465" t="s">
         <v>254</v>
       </c>
       <c r="F465" t="s">
         <v>352</v>
       </c>
       <c r="G465" t="s">
         <v>25</v>
       </c>
       <c r="I465" t="s">
         <v>354</v>
       </c>
       <c r="J465" t="s">
         <v>301</v>
       </c>
       <c r="K465" t="s">
         <v>822</v>
       </c>
       <c r="L465" t="s">
         <v>460</v>
       </c>
       <c r="M465" t="s">
+        <v>2470</v>
+      </c>
+      <c r="N465" t="s">
         <v>2471</v>
       </c>
-      <c r="N465" t="s">
+      <c r="O465" t="s">
         <v>2472</v>
       </c>
-      <c r="O465" t="s">
+      <c r="P465" t="s">
         <v>2473</v>
-      </c>
-[...1 lines deleted...]
-        <v>2474</v>
       </c>
     </row>
     <row r="466" spans="1:20">
       <c r="A466" t="s">
         <v>1698</v>
       </c>
       <c r="C466" t="s">
         <v>117</v>
       </c>
       <c r="D466" t="s">
-        <v>2475</v>
+        <v>2474</v>
       </c>
       <c r="E466" t="s">
         <v>23</v>
       </c>
       <c r="F466" t="s">
         <v>352</v>
       </c>
       <c r="G466" t="s">
         <v>25</v>
       </c>
       <c r="H466" t="s">
-        <v>2177</v>
+        <v>2176</v>
       </c>
       <c r="I466" t="s">
         <v>187</v>
       </c>
       <c r="M466" t="s">
-        <v>2476</v>
+        <v>2475</v>
       </c>
       <c r="Q466" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="467" spans="1:20">
       <c r="A467" t="s">
-        <v>2178</v>
+        <v>2177</v>
       </c>
       <c r="C467" t="s">
         <v>685</v>
       </c>
       <c r="D467" t="s">
-        <v>2477</v>
+        <v>2476</v>
       </c>
       <c r="E467" t="s">
         <v>23</v>
       </c>
       <c r="F467" t="s">
         <v>62</v>
       </c>
       <c r="G467" t="s">
         <v>25</v>
       </c>
       <c r="H467" t="s">
         <v>174</v>
       </c>
       <c r="I467" t="s">
         <v>27</v>
       </c>
       <c r="M467" t="s">
-        <v>2476</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="468" spans="1:20">
       <c r="A468" t="s">
         <v>212</v>
       </c>
       <c r="C468" t="s">
         <v>685</v>
       </c>
       <c r="D468" t="s">
-        <v>2478</v>
+        <v>2477</v>
       </c>
       <c r="E468" t="s">
         <v>23</v>
       </c>
       <c r="F468" t="s">
         <v>106</v>
       </c>
       <c r="G468" t="s">
         <v>25</v>
       </c>
       <c r="H468" t="s">
         <v>1579</v>
       </c>
       <c r="I468" t="s">
         <v>27</v>
       </c>
       <c r="M468" t="s">
-        <v>2476</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="469" spans="1:20">
       <c r="A469" t="s">
         <v>297</v>
       </c>
       <c r="C469" t="s">
         <v>1537</v>
       </c>
       <c r="D469" t="s">
-        <v>2479</v>
+        <v>2478</v>
       </c>
       <c r="E469" t="s">
         <v>254</v>
       </c>
       <c r="F469" t="s">
         <v>85</v>
       </c>
       <c r="G469" t="s">
         <v>25</v>
       </c>
       <c r="H469" t="s">
         <v>287</v>
       </c>
       <c r="I469" t="s">
         <v>354</v>
       </c>
       <c r="M469" t="s">
-        <v>2476</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="470" spans="1:20">
       <c r="A470" t="s">
         <v>568</v>
       </c>
       <c r="C470" t="s">
         <v>68</v>
       </c>
       <c r="D470" t="s">
-        <v>2480</v>
+        <v>2479</v>
       </c>
       <c r="E470" t="s">
         <v>23</v>
       </c>
       <c r="F470" t="s">
         <v>738</v>
       </c>
       <c r="G470" t="s">
         <v>25</v>
       </c>
       <c r="H470" t="s">
         <v>1021</v>
       </c>
       <c r="I470" t="s">
         <v>459</v>
       </c>
       <c r="M470" t="s">
-        <v>2476</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="471" spans="1:20">
       <c r="A471" t="s">
         <v>113</v>
       </c>
       <c r="C471" t="s">
         <v>252</v>
       </c>
       <c r="D471" t="s">
-        <v>2481</v>
+        <v>2480</v>
       </c>
       <c r="E471" t="s">
         <v>254</v>
       </c>
       <c r="F471" t="s">
         <v>726</v>
       </c>
       <c r="G471" t="s">
         <v>25</v>
       </c>
       <c r="H471" t="s">
-        <v>2482</v>
+        <v>2481</v>
       </c>
       <c r="I471" t="s">
         <v>354</v>
       </c>
       <c r="M471" t="s">
-        <v>2476</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="472" spans="1:20">
       <c r="A472" t="s">
-        <v>2104</v>
+        <v>2103</v>
       </c>
       <c r="C472" t="s">
+        <v>2482</v>
+      </c>
+      <c r="D472" t="s">
         <v>2483</v>
-      </c>
-[...1 lines deleted...]
-        <v>2484</v>
       </c>
       <c r="E472" t="s">
         <v>23</v>
       </c>
       <c r="F472" t="s">
         <v>1741</v>
       </c>
       <c r="G472" t="s">
         <v>25</v>
       </c>
       <c r="H472" t="s">
-        <v>2485</v>
+        <v>2484</v>
       </c>
       <c r="I472" t="s">
         <v>1743</v>
       </c>
       <c r="M472" t="s">
-        <v>2476</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="473" spans="1:20">
       <c r="A473" t="s">
-        <v>2486</v>
+        <v>2485</v>
       </c>
       <c r="C473" t="s">
         <v>21</v>
       </c>
       <c r="D473" t="s">
-        <v>2487</v>
+        <v>2486</v>
       </c>
       <c r="E473" t="s">
         <v>23</v>
       </c>
       <c r="F473" t="s">
         <v>24</v>
       </c>
       <c r="G473" t="s">
         <v>25</v>
       </c>
       <c r="I473" t="s">
         <v>27</v>
       </c>
       <c r="M473" t="s">
-        <v>2488</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="474" spans="1:20">
       <c r="A474" t="s">
-        <v>1977</v>
+        <v>1976</v>
       </c>
       <c r="C474" t="s">
+        <v>2488</v>
+      </c>
+      <c r="D474" t="s">
         <v>2489</v>
-      </c>
-[...1 lines deleted...]
-        <v>2490</v>
       </c>
       <c r="E474" t="s">
         <v>254</v>
       </c>
       <c r="F474" t="s">
         <v>40</v>
       </c>
       <c r="G474" t="s">
         <v>25</v>
       </c>
       <c r="H474" t="s">
         <v>687</v>
       </c>
       <c r="I474" t="s">
         <v>354</v>
       </c>
       <c r="M474" t="s">
-        <v>2488</v>
+        <v>2487</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:T1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>